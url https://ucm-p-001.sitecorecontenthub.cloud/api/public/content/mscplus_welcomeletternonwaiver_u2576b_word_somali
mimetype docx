--- v0 (2025-11-08)
+++ v1 (2026-02-14)
@@ -1163,50 +1163,51 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00974A8A" w:rsidRPr="006F47F7" w:rsidSect="006C4644">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1180" w:right="220" w:bottom="280" w:left="220" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00641C13" w14:textId="77777777" w:rsidR="00974A8A" w:rsidRPr="006F47F7" w:rsidRDefault="0073644B">
       <w:pPr>
         <w:spacing w:before="68"/>
         <w:ind w:left="759" w:right="724"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F47F7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>UCare's MSHO (HMO D-SNP) waa qorshe caafimaad oo qandaraas siiya labbadaba Medicare iyo barnaamijka Minnesota Medical Assistance (Medicaid) si loo siiyo dheefo labbadaba barnaamij dadka iska diiwaan geliyay. Is diiwaagelinta UCare's MSHO waxay ku xidhan tahay cusboonaysiinta qandaraaska.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B95BEC0" w14:textId="77777777" w:rsidR="00974A8A" w:rsidRPr="006F47F7" w:rsidRDefault="00974A8A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AC387EB" w14:textId="3CE53C76" w:rsidR="00974A8A" w:rsidRPr="006F47F7" w:rsidRDefault="0073644B">
       <w:pPr>
         <w:ind w:left="759"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F47F7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>H2456_7347_072022 accepted</w:t>
       </w:r>
     </w:p>
@@ -1309,50 +1310,51 @@
           <w:rFonts w:eastAsia="SimSun"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:sectPr w:rsidR="00974A8A" w:rsidRPr="00E51F75" w:rsidSect="006C4644">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1180" w:right="220" w:bottom="280" w:left="220" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6579A291" w14:textId="414D4306" w:rsidR="001D351C" w:rsidRDefault="00BE7F8C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C1113F2" wp14:editId="4021E306">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-139701</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-1155700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7759225" cy="10038080"/>
             <wp:effectExtent l="0" t="0" r="0" b="1270"/>
             <wp:wrapNone/>
             <wp:docPr id="2010861355" name="Picture 2010861355"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -1393,50 +1395,51 @@
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="001D351C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="169CC194" w14:textId="2880A84A" w:rsidR="001D351C" w:rsidRDefault="00156762">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="209AA3A1" wp14:editId="6EEA489F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-139700</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-1155700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7765592" cy="10048240"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1865858970" name="Picture 1865858970"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -1477,50 +1480,51 @@
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="001D351C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DDDEC07" w14:textId="0C68A282" w:rsidR="001D351C" w:rsidRDefault="003D16C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60A0F058" wp14:editId="242525DF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-149860</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-1155701</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7772400" cy="10057049"/>
             <wp:effectExtent l="0" t="0" r="0" b="1905"/>
             <wp:wrapNone/>
             <wp:docPr id="2065169532" name="Picture 2065169532"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -1561,50 +1565,51 @@
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="001D351C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="58E6D366" w14:textId="039685DD" w:rsidR="00974A8A" w:rsidRPr="006F47F7" w:rsidRDefault="00EE3CDD" w:rsidP="00E51F75">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C0097DF" wp14:editId="569A5675">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-139700</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-1155700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7765592" cy="10048240"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1704224931" name="Picture 1704224931"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -1662,51 +1667,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
@@ -4071,72 +4076,79 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1577278910">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="475531330">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1871261867">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1933708730">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="147795133">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1001660313">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:docVars>
+    <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYxNDI3NDc3MzMzNTU3MjVR0lEKTi0uzszPAykwrAUAoxNr/ywAAAA="/>
+  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00974A8A"/>
     <w:rsid w:val="00021765"/>
     <w:rsid w:val="00054E85"/>
     <w:rsid w:val="0006476F"/>
     <w:rsid w:val="00086987"/>
+    <w:rsid w:val="000916DA"/>
     <w:rsid w:val="0009625F"/>
+    <w:rsid w:val="001261D9"/>
     <w:rsid w:val="00156762"/>
     <w:rsid w:val="001D351C"/>
     <w:rsid w:val="003533B5"/>
     <w:rsid w:val="003D16C9"/>
     <w:rsid w:val="00410AEC"/>
     <w:rsid w:val="0042750D"/>
     <w:rsid w:val="004F1D9A"/>
     <w:rsid w:val="006A7592"/>
     <w:rsid w:val="006C4644"/>
     <w:rsid w:val="006F47F7"/>
     <w:rsid w:val="0073644B"/>
     <w:rsid w:val="00776E6E"/>
     <w:rsid w:val="00841B03"/>
     <w:rsid w:val="008445D9"/>
     <w:rsid w:val="00894BAB"/>
     <w:rsid w:val="009034CD"/>
     <w:rsid w:val="00974A8A"/>
     <w:rsid w:val="009A40AD"/>
     <w:rsid w:val="009F60E1"/>
     <w:rsid w:val="00AB720D"/>
     <w:rsid w:val="00BA6314"/>
     <w:rsid w:val="00BE7F8C"/>
     <w:rsid w:val="00C27A54"/>
     <w:rsid w:val="00C85C6F"/>
     <w:rsid w:val="00D133AA"/>
@@ -4939,69 +4951,50 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...17 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008B40E277F7058D4D81E03D86AF3E569F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d0f011584d8e1f4eed600d3d7def7eaf">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e908531e-9543-486d-9e86-16f8673deaa4" xmlns:ns3="9792340e-710e-4a62-8285-18c8d1cf75f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5fdf2448b7f456a4cec28118ce53925" ns2:_="" ns3:_="">
     <xsd:import namespace="e908531e-9543-486d-9e86-16f8673deaa4"/>
     <xsd:import namespace="9792340e-710e-4a62-8285-18c8d1cf75f6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -5174,102 +5167,121 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e908531e-9543-486d-9e86-16f8673deaa4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD427479-6111-4E71-B687-7840A9268293}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e908531e-9543-486d-9e86-16f8673deaa4"/>
     <ds:schemaRef ds:uri="9792340e-710e-4a62-8285-18c8d1cf75f6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9AE6F659-26C2-4A6D-96CA-F3053C520814}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71D15CBA-B6D2-41A6-B097-78CB3B9E25BA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e908531e-9543-486d-9e86-16f8673deaa4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>320</Words>
-  <Characters>2053</Characters>
+  <Words>382</Words>
+  <Characters>2184</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>25</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UCare MN</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2349</CharactersWithSpaces>
+  <CharactersWithSpaces>2561</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>U7347 New Care Coord Welcome Letter</dc:title>
   <dc:creator>bferris</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101008B40E277F7058D4D81E03D86AF3E569F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Created">
     <vt:filetime>2024-03-25T00:00:00Z</vt:filetime>
   </property>