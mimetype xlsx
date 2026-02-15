--- v0 (2025-10-22)
+++ v1 (2026-02-15)
@@ -8,193 +8,145 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ucareorg0.sharepoint.com/sites/msteams_841b0c_977275-ClinicalLiaisons/Shared Documents/Clinical Liaisons/2 Website-Final Format(All Versions)/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ucareorg0.sharepoint.com/sites/msteams_841b0c_977275-ClinicalLiaisons/Shared Documents/Clinical Liaisons/2 Website-Final Format(All Versions)/Annual Website Updates/2026 Updated Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{11D4BFC5-15BA-4DCE-8355-A01752D0C56D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="92" documentId="8_{0C703A58-EDB0-4171-BD67-4D5C5879384C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{48C57A4D-6507-4318-A80C-5E0B04331E5F}"/>
   <bookViews>
-    <workbookView xWindow="13104" yWindow="300" windowWidth="30228" windowHeight="16500" xr2:uid="{CFE84589-E3FD-4129-A9D0-8A8390B31D4C}"/>
+    <workbookView xWindow="25590" yWindow="1995" windowWidth="26940" windowHeight="16575" xr2:uid="{CFE84589-E3FD-4129-A9D0-8A8390B31D4C}"/>
   </bookViews>
   <sheets>
     <sheet name="Decision Matrix" sheetId="3" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" state="hidden" r:id="rId2"/>
     <sheet name="Sheet4" sheetId="4" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Sheet2!$A$1:$N$43</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Sheet2!$A$1:$N$19</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C15" i="3" l="1"/>
-[...19 lines deleted...]
-  <c r="M12" i="2"/>
+  <c r="N5" i="2" l="1"/>
+  <c r="N4" i="2"/>
+  <c r="M5" i="2"/>
+  <c r="M4" i="2"/>
+  <c r="N17" i="2"/>
+  <c r="M17" i="2"/>
+  <c r="N16" i="2"/>
+  <c r="M16" i="2"/>
+  <c r="N9" i="2"/>
+  <c r="M9" i="2"/>
+  <c r="N8" i="2"/>
+  <c r="M8" i="2"/>
   <c r="D12" i="3"/>
-  <c r="N43" i="2"/>
-[...3 lines deleted...]
-  <c r="N11" i="2"/>
+  <c r="N19" i="2"/>
+  <c r="M19" i="2"/>
+  <c r="N18" i="2"/>
+  <c r="M18" i="2"/>
+  <c r="N7" i="2"/>
   <c r="N2" i="2"/>
   <c r="N3" i="2"/>
-  <c r="N16" i="2"/>
-[...6 lines deleted...]
-  <c r="N21" i="2"/>
+  <c r="N10" i="2"/>
+  <c r="N11" i="2"/>
+  <c r="N12" i="2"/>
+  <c r="N13" i="2"/>
+  <c r="N14" i="2"/>
+  <c r="N15" i="2"/>
   <c r="N6" i="2"/>
-  <c r="N22" i="2"/>
-[...23 lines deleted...]
-  <c r="N36" i="2"/>
   <c r="M2" i="2"/>
   <c r="M3" i="2"/>
-  <c r="M4" i="2"/>
-[...1 lines deleted...]
-  <c r="M36" i="2"/>
+  <c r="M6" i="2"/>
+  <c r="M7" i="2"/>
+  <c r="M11" i="2"/>
+  <c r="M12" i="2"/>
+  <c r="M13" i="2"/>
+  <c r="M14" i="2"/>
+  <c r="M15" i="2"/>
+  <c r="F12" i="3"/>
   <c r="M10" i="2"/>
-  <c r="M11" i="2"/>
-[...20 lines deleted...]
-  <c r="M18" i="2"/>
   <c r="H12" i="3"/>
   <c r="G12" i="3"/>
   <c r="E12" i="3"/>
   <c r="C12" i="3"/>
-  <c r="I12" i="3" l="1"/>
+  <c r="C15" i="3" l="1"/>
+  <c r="G15" i="3"/>
+  <c r="F15" i="3"/>
+  <c r="E15" i="3"/>
+  <c r="D15" i="3"/>
+  <c r="I12" i="3"/>
   <c r="B15" i="3" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="433" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="52">
   <si>
     <t>Question</t>
   </si>
   <si>
     <t xml:space="preserve">Choice </t>
   </si>
   <si>
     <t>What Product is the member on?</t>
   </si>
   <si>
     <t>Connect</t>
   </si>
   <si>
     <t>Which assessment?</t>
   </si>
   <si>
     <t>Community</t>
   </si>
   <si>
     <t>Initial/Annual</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
   <si>
@@ -228,95 +180,50 @@
     <t xml:space="preserve">In-Person </t>
   </si>
   <si>
     <t>Televideo</t>
   </si>
   <si>
     <t xml:space="preserve">Phone </t>
   </si>
   <si>
     <t xml:space="preserve">Rationale </t>
   </si>
   <si>
     <t>Resources/Links</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t xml:space="preserve">DHS: Initial assessments in person is only required for LTCC and MnCHOICES (LTSS)
 No MOC requirements
 No CMS requirement
 </t>
   </si>
   <si>
     <t>Initial</t>
-  </si>
-[...43 lines deleted...]
-    </r>
   </si>
   <si>
     <t>MSC+</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>In Person Only</t>
   </si>
   <si>
     <t>X</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t xml:space="preserve">N/A </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">DHS: 
 Subd. 3a.Assessment; defined. (a) "Assessment" means a review and evaluation of a recipient's need for personal care assistance services conducted in person. Assessments for personal care assistance services shall be conducted by the county public health nurse or a certified public health nurse under contract with the county except when a long-term care consultation assessment is being conducted for the purposes of determining a person's eligibility for home and community-based waiver services including personal care assistance services according to section 256B.0911. During the transition to MnCHOICES, a certified assessor may complete the assessment defined in this subdivision. An in-person assessment must include: documentation of health status, determination of need, evaluation of service effectiveness, identification of appropriate services, service plan development or modification, coordination of services, referrals and follow-up to appropriate payers and community resources, completion of required reports, recommendation of service authorization, and consumer education. Once the need for personal care assistance services is determined under this section, the county public health nurse or certified public health nurse under contract with the county is responsible for communicating this recommendation to the commissioner and the recipient. </t>
     </r>
     <r>
@@ -354,257 +261,167 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> remote reassessments may be substituted for one reassessment if followed by an in-person reassessment.</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 (d) A remote reassessment is permitted only if the lead agency provides informed choice and the person being reassessed or the person's legal representative provides informed consent for a remote assessment. Lead agencies must document that informed choice was offered.
 (e) The person being reassessed, or the person's legal representative, may refuse a remote reassessment at any time.
 (f) During a remote reassessment, if the certified assessor determines an in-person reassessment is necessary in order to complete the assessment, the lead agency shall schedule an in-person reassessment.
 </t>
     </r>
   </si>
   <si>
     <t>Institutional</t>
   </si>
   <si>
-    <t xml:space="preserve">x </t>
-[...36 lines deleted...]
-  <si>
     <t xml:space="preserve">Initial </t>
   </si>
   <si>
     <t>institutonal or CW</t>
   </si>
   <si>
     <t xml:space="preserve">Assessment Tyoe </t>
   </si>
   <si>
     <t>Offer first: In-person; offer second: televideo; if declined, can complete via phone</t>
   </si>
   <si>
-    <t>Offer first: In-person; offer second: televideo; if declined, can complete via phone.  * CMS encounter applies, if completed on phone, continue to offer face to face meeting or confirm face to face encounter with member of ICT.</t>
-[...4 lines deleted...]
-  <si>
     <t>In person, if member declines and member had in person assessment for previous assessment, can complete via televideo or telephone.</t>
   </si>
   <si>
     <t>Is this assessment assessing for PCA?</t>
   </si>
   <si>
     <t>Institutional or Community member?</t>
   </si>
   <si>
     <t>Initial/Annual assessment?</t>
   </si>
   <si>
-    <r>
-[...24 lines deleted...]
-  <si>
     <t>Make Selection</t>
   </si>
   <si>
-    <t>May be conducted via phone, televideo or in person. In-person must be offered, but does not need to be declined to offer additional methods.</t>
-[...4 lines deleted...]
-  <si>
     <t>Is member on a disability waiver, EW or opening to EW?</t>
   </si>
   <si>
     <t>MnCHOICES MCO HRA</t>
   </si>
   <si>
     <t>MnCHOICES Assessment</t>
   </si>
   <si>
     <t>MSC+MnCHOICES AssessmentCommunityInitialNoYes</t>
   </si>
   <si>
     <t>MSC+MnCHOICES AssessmentCommunityInitialYes No</t>
+  </si>
+  <si>
+    <t xml:space="preserve">May be conducted via phone, televideo or in person. </t>
+  </si>
+  <si>
+    <t>May be conducted via phone, televideo or in person.</t>
+  </si>
+  <si>
+    <t>MSC+ Institutional Assessment</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-      <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="0"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="0"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
-    </font>
-[...6 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0070C0"/>
         <bgColor indexed="64"/>
@@ -667,162 +484,139 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.tmp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1248,2182 +1042,1332 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-42/chapter-IV/subchapter-B/part-422/subpart-C/section-422.101" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{27667EA0-72CF-4BC0-96B5-9E847C2C1882}">
   <dimension ref="A3:L27"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A3" zoomScale="63" zoomScaleNormal="63" workbookViewId="0">
       <selection activeCell="I15" sqref="I15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="23.4" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="23.25" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="133.6640625" style="21" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="8.6640625" style="21"/>
+    <col min="1" max="1" width="133.5703125" style="17" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="54.140625" style="17" customWidth="1"/>
+    <col min="3" max="3" width="11.42578125" style="17" hidden="1" customWidth="1"/>
+    <col min="4" max="4" width="30.5703125" style="17" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="18" style="17" hidden="1" customWidth="1"/>
+    <col min="6" max="6" width="2.140625" style="17" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="5.42578125" style="17" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="5.42578125" style="17" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="69.5703125" style="17" customWidth="1"/>
+    <col min="10" max="16384" width="8.5703125" style="17"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.45">
-      <c r="A3" s="25" t="s">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A3" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="33" t="s">
+      <c r="B3" s="26" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="26"/>
-[...5 lines deleted...]
-      <c r="I3" s="26"/>
+      <c r="C3" s="20"/>
+      <c r="D3" s="20"/>
+      <c r="E3" s="20"/>
+      <c r="F3" s="20"/>
+      <c r="G3" s="20"/>
+      <c r="H3" s="20"/>
+      <c r="I3" s="20"/>
       <c r="L3"/>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.45">
-      <c r="A4" s="27" t="s">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A4" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="35" t="s">
-[...11 lines deleted...]
-      <c r="A5" s="34" t="s">
+      <c r="B4" s="28"/>
+      <c r="C4" s="20"/>
+      <c r="D4" s="20"/>
+      <c r="E4" s="20"/>
+      <c r="F4" s="20"/>
+      <c r="G4" s="20"/>
+      <c r="H4" s="20"/>
+      <c r="I4" s="20"/>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="37" t="s">
-[...95 lines deleted...]
-      <c r="C12" s="26" t="str">
+      <c r="B5" s="30"/>
+      <c r="C5" s="20"/>
+      <c r="D5" s="20"/>
+      <c r="E5" s="20"/>
+      <c r="F5" s="20"/>
+      <c r="G5" s="20"/>
+      <c r="H5" s="20"/>
+      <c r="I5" s="20"/>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A6" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" s="29"/>
+      <c r="C6" s="20"/>
+      <c r="D6" s="20"/>
+      <c r="E6" s="20"/>
+      <c r="F6" s="20"/>
+      <c r="G6" s="20"/>
+      <c r="H6" s="20"/>
+      <c r="I6" s="20"/>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A7" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="20"/>
+      <c r="D7" s="20"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="20"/>
+      <c r="I7" s="20"/>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A8" s="21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" s="25"/>
+      <c r="C8" s="20"/>
+      <c r="D8" s="20"/>
+      <c r="E8" s="20"/>
+      <c r="F8" s="20"/>
+      <c r="G8" s="20"/>
+      <c r="H8" s="20"/>
+      <c r="I8" s="20"/>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A9" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" s="25"/>
+      <c r="C9" s="20"/>
+      <c r="D9" s="20"/>
+      <c r="E9" s="20"/>
+      <c r="F9" s="20"/>
+      <c r="G9" s="20"/>
+      <c r="H9" s="20"/>
+      <c r="I9" s="20"/>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A10" s="20"/>
+      <c r="B10" s="20"/>
+      <c r="C10" s="20"/>
+      <c r="D10" s="20"/>
+      <c r="E10" s="20"/>
+      <c r="F10" s="20"/>
+      <c r="G10" s="20"/>
+      <c r="H10" s="20"/>
+      <c r="I10" s="20"/>
+    </row>
+    <row r="11" spans="1:12" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="20"/>
+      <c r="B11" s="20"/>
+      <c r="C11" s="20"/>
+      <c r="D11" s="20"/>
+      <c r="E11" s="20"/>
+      <c r="F11" s="20"/>
+      <c r="G11" s="20"/>
+      <c r="H11" s="20"/>
+      <c r="I11" s="20"/>
+    </row>
+    <row r="12" spans="1:12" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="20"/>
+      <c r="B12" s="20"/>
+      <c r="C12" s="20">
         <f>B4</f>
-        <v>MSHO</v>
-[...1 lines deleted...]
-      <c r="D12" s="26" t="str">
+        <v>0</v>
+      </c>
+      <c r="D12" s="20">
         <f>B5</f>
-        <v>MnCHOICES Assessment</v>
-[...1 lines deleted...]
-      <c r="E12" s="26" t="str">
+        <v>0</v>
+      </c>
+      <c r="E12" s="20">
         <f>B6</f>
-        <v>Community</v>
-[...1 lines deleted...]
-      <c r="F12" s="26" t="str">
+        <v>0</v>
+      </c>
+      <c r="F12" s="20">
         <f>B7</f>
-        <v>Annual</v>
-[...1 lines deleted...]
-      <c r="G12" s="26" t="str">
+        <v>0</v>
+      </c>
+      <c r="G12" s="20">
         <f>B8</f>
-        <v>No</v>
-[...1 lines deleted...]
-      <c r="H12" s="26" t="str">
+        <v>0</v>
+      </c>
+      <c r="H12" s="20">
         <f>B9</f>
-        <v>Yes</v>
-[...1 lines deleted...]
-      <c r="I12" s="26" t="str">
+        <v>0</v>
+      </c>
+      <c r="I12" s="20" t="str">
         <f>C12&amp;D12&amp;E12&amp;F12&amp;G12&amp;H12</f>
-        <v>MSHOMnCHOICES AssessmentCommunityAnnualNoYes</v>
-[...25 lines deleted...]
-      <c r="A15" s="28" t="s">
+        <v>000000</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="20"/>
+      <c r="B13" s="20"/>
+      <c r="C13" s="20"/>
+      <c r="D13" s="20"/>
+      <c r="E13" s="20"/>
+      <c r="F13" s="20"/>
+      <c r="G13" s="20"/>
+      <c r="H13" s="20"/>
+      <c r="I13" s="20"/>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="20"/>
+      <c r="B14" s="20"/>
+      <c r="C14" s="20"/>
+      <c r="D14" s="20"/>
+      <c r="E14" s="20"/>
+      <c r="F14" s="20"/>
+      <c r="G14" s="20"/>
+      <c r="H14" s="20"/>
+      <c r="I14" s="20"/>
+    </row>
+    <row r="15" spans="1:12" ht="223.35" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="29" t="str">
+      <c r="B15" s="23" t="str">
         <f>_xlfn.IFNA(VLOOKUP(I12,Sheet2!$M:$N,2,FALSE),"Not  A Valid Selection Combination")</f>
-        <v>Offer first: In-person; if declined, can complete via phone or televideo every other year.  * EW encounter applies: If an in-person assessment is not completed, Care coordinators must conduct an in-person visit at the time of the mid-year Support Plan update or any other in-person during the year.</v>
-[...1 lines deleted...]
-      <c r="C15" s="29" t="str">
+        <v>Not  A Valid Selection Combination</v>
+      </c>
+      <c r="C15" s="23" t="str">
         <f>_xlfn.IFNA(VLOOKUP(J12,Sheet2!$M:$N,2,FALSE),"Not  A Valid Selection Combination")</f>
         <v>Not  A Valid Selection Combination</v>
       </c>
-      <c r="D15" s="29" t="str">
+      <c r="D15" s="23" t="str">
         <f>_xlfn.IFNA(VLOOKUP(K12,Sheet2!$M:$N,2,FALSE),"Not  A Valid Selection Combination")</f>
         <v>Not  A Valid Selection Combination</v>
       </c>
-      <c r="E15" s="29" t="str">
+      <c r="E15" s="23" t="str">
         <f>_xlfn.IFNA(VLOOKUP(L12,Sheet2!$M:$N,2,FALSE),"Not  A Valid Selection Combination")</f>
         <v>Not  A Valid Selection Combination</v>
       </c>
-      <c r="F15" s="29" t="str">
+      <c r="F15" s="23" t="str">
         <f>_xlfn.IFNA(VLOOKUP(M12,Sheet2!$M:$N,2,FALSE),"Not  A Valid Selection Combination")</f>
         <v>Not  A Valid Selection Combination</v>
       </c>
-      <c r="G15" s="29" t="str">
+      <c r="G15" s="23" t="str">
         <f>_xlfn.IFNA(VLOOKUP(N12,Sheet2!$M:$N,2,FALSE),"Not  A Valid Selection Combination")</f>
         <v>Not  A Valid Selection Combination</v>
       </c>
-      <c r="H15" s="26"/>
-[...9 lines deleted...]
-      <c r="A27" s="22" t="s">
+      <c r="H15" s="20"/>
+      <c r="I15" s="20"/>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="I16" s="20"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="I17" s="20"/>
+    </row>
+    <row r="27" spans="1:9" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="B27" s="22" t="s">
+      <c r="B27" s="18" t="s">
         <v>11</v>
       </c>
-      <c r="C27" s="22" t="s">
+      <c r="C27" s="18" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="M3fYa4L7NIQ3A/WJkbw90kZBtY5a6DIe1IsB+1BtxGJl/ZBVuqRzpedSEt0CKGNYcOo3s5LuEupHcX9Y2Mo0FQ==" saltValue="W9mPgFb7YlFsOTXvmSxP5A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="7323GGb+H/4Mwl2StTjBI5PxvbZaX2kl27lHUoZZfgtr2UsSsUMreoTyRoJb5SeJ7iSeRCpQ4wcRhsjTv0SRqA==" saltValue="jhnMlskUskxzRj7R5z6NAg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="7">
-        <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" errorTitle="Error" error="Please use the drop-down menu provided to select a value for this cell." xr:uid="{CFCC3000-4CC0-4259-8458-056498EF1431}">
-[...4 lines deleted...]
-        </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{256DD8B4-5D6B-4FFD-9DE8-E19E02399FF7}">
           <x14:formula1>
             <xm:f>Sheet4!$C$2:$C$4</xm:f>
           </x14:formula1>
           <xm:sqref>B6</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0753BF3C-34D4-4368-822E-EC53393FE123}">
           <x14:formula1>
             <xm:f>Sheet4!$E$2:$E$4</xm:f>
           </x14:formula1>
           <xm:sqref>B8</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5F9A3618-3A44-4EC1-BCAC-74EC1572F611}">
           <x14:formula1>
             <xm:f>Sheet4!$F$2:$F$4</xm:f>
           </x14:formula1>
           <xm:sqref>B9</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{02019F0F-94E4-44AD-BA21-B4273A9B4ABA}">
           <x14:formula1>
-            <xm:f>Sheet4!$D$2:$D$4</xm:f>
+            <xm:f>Sheet4!$D$2:$D$5</xm:f>
           </x14:formula1>
           <xm:sqref>B5</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2E1955FB-E175-4287-8B1A-1BDC8CF619DF}">
           <x14:formula1>
             <xm:f>Sheet4!$B$3:$B$4</xm:f>
           </x14:formula1>
           <xm:sqref>B5</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{16EC0E71-FF2A-4414-AC24-D0BF0B0E3680}">
           <x14:formula1>
             <xm:f>Sheet4!$B$2:$B$4</xm:f>
           </x14:formula1>
           <xm:sqref>B7</xm:sqref>
         </x14:dataValidation>
+        <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" errorTitle="Error" error="Please use the drop-down menu provided to select a value for this cell." xr:uid="{CFCC3000-4CC0-4259-8458-056498EF1431}">
+          <x14:formula1>
+            <xm:f>Sheet4!$A$2:$A$5</xm:f>
+          </x14:formula1>
+          <xm:sqref>B4</xm:sqref>
+        </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B9F0E71-16A1-41B9-9F36-250DC29D93C2}">
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:N19"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B19" sqref="B19"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="J5" sqref="J5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="23" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="23" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="26.5546875" style="7" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="14" max="14" width="39.88671875" style="19" customWidth="1"/>
+    <col min="1" max="1" width="26.5703125" style="6" customWidth="1"/>
+    <col min="7" max="7" width="55.42578125" customWidth="1"/>
+    <col min="8" max="8" width="15.85546875" customWidth="1"/>
+    <col min="9" max="10" width="16.42578125" customWidth="1"/>
+    <col min="11" max="11" width="132.42578125" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="62.85546875" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="72.140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="39.85546875" style="15" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="10" customFormat="1" ht="83.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="8" t="s">
+    <row r="1" spans="1:14" s="9" customFormat="1" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="8" t="s">
+      <c r="B1" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="C1" s="8" t="s">
+      <c r="C1" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="D1" s="8" t="s">
+      <c r="D1" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="E1" s="8" t="s">
+      <c r="E1" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="F1" s="8" t="s">
+      <c r="F1" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="G1" s="8" t="s">
+      <c r="G1" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="H1" s="9" t="s">
+      <c r="H1" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="I1" s="9" t="s">
+      <c r="I1" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="J1" s="9" t="s">
+      <c r="J1" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="K1" s="9" t="s">
+      <c r="K1" s="8" t="s">
         <v>20</v>
       </c>
-      <c r="L1" s="20" t="s">
+      <c r="L1" s="16" t="s">
         <v>21</v>
       </c>
-      <c r="M1" s="12"/>
-[...3 lines deleted...]
-      <c r="A2" s="11" t="s">
+      <c r="M1" s="11"/>
+      <c r="N1" s="11"/>
+    </row>
+    <row r="2" spans="1:14" s="9" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D2" s="12" t="s">
+      <c r="B2" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="E2" s="12" t="s">
+      <c r="E2" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="F2" s="12" t="s">
+      <c r="F2" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="G2" s="12" t="s">
-        <v>30</v>
+      <c r="G2" s="11" t="s">
+        <v>27</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>22</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>22</v>
       </c>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
-      <c r="M2" s="10" t="str">
-        <f t="shared" ref="M2:M43" si="0">A2&amp;B2&amp;C2&amp;D2&amp;E2&amp;F2</f>
+      <c r="M2" s="9" t="str">
+        <f t="shared" ref="M2:M19" si="0">A2&amp;B2&amp;C2&amp;D2&amp;E2&amp;F2</f>
         <v>ConnectMnCHOICES MCO HRAInstitutionalAnnualNoNo</v>
       </c>
-      <c r="N2" s="16" t="str">
-        <f t="shared" ref="N2:N25" si="1">G2</f>
+      <c r="N2" s="13" t="str">
+        <f t="shared" ref="N2:N17" si="1">G2</f>
         <v>In Person Only</v>
       </c>
     </row>
-    <row r="3" spans="1:14" s="10" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="11" t="s">
+    <row r="3" spans="1:14" s="9" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D3" s="12" t="s">
+      <c r="B3" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C3" s="24" t="s">
+        <v>34</v>
+      </c>
+      <c r="D3" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="E3" s="12" t="s">
+      <c r="E3" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="F3" s="12" t="s">
+      <c r="F3" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="G3" s="12" t="s">
-        <v>30</v>
+      <c r="G3" s="11" t="s">
+        <v>27</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
-      <c r="M3" s="10" t="str">
+      <c r="M3" s="9" t="str">
         <f t="shared" si="0"/>
         <v>ConnectMnCHOICES MCO HRAInstitutionalInitialNoNo</v>
       </c>
-      <c r="N3" s="16" t="str">
+      <c r="N3" s="13" t="str">
         <f t="shared" si="1"/>
         <v>In Person Only</v>
       </c>
     </row>
-    <row r="4" spans="1:14" s="10" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="18" t="s">
+    <row r="4" spans="1:14" s="9" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="B4" s="12" t="s">
-        <v>58</v>
+      <c r="B4" s="11" t="s">
+        <v>51</v>
       </c>
       <c r="C4" s="12" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D4" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="F4" s="12" t="s">
+      <c r="F4" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="G4" s="12" t="s">
-[...11 lines deleted...]
-      <c r="K4" s="4"/>
+      <c r="G4" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" s="3"/>
+      <c r="I4" s="3"/>
+      <c r="J4" s="3"/>
+      <c r="K4" s="1"/>
       <c r="L4" s="4"/>
-      <c r="M4" s="16" t="str">
+      <c r="M4" s="9" t="str">
         <f t="shared" si="0"/>
-        <v>Connect + MedicareMnCHOICES MCO HRAInstitutionalAnnualNoNo</v>
-[...1 lines deleted...]
-      <c r="N4" s="16" t="str">
+        <v>MSC+MSC+ Institutional AssessmentInstitutionalAnnualNoNo</v>
+      </c>
+      <c r="N4" s="13" t="str">
         <f t="shared" si="1"/>
         <v>In Person Only</v>
       </c>
     </row>
-    <row r="5" spans="1:14" s="10" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="18" t="s">
+    <row r="5" spans="1:14" s="9" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="B5" s="12" t="s">
-        <v>58</v>
+      <c r="B5" s="11" t="s">
+        <v>51</v>
       </c>
       <c r="C5" s="12" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D5" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="E5" s="12" t="s">
+      <c r="E5" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="F5" s="12" t="s">
+      <c r="F5" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="G5" s="12" t="s">
-[...11 lines deleted...]
-      <c r="K5" s="4"/>
+      <c r="G5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="1"/>
       <c r="L5" s="4"/>
-      <c r="M5" s="16" t="str">
+      <c r="M5" s="9" t="str">
         <f t="shared" si="0"/>
-        <v>Connect + MedicareMnCHOICES MCO HRAInstitutionalInitialNoNo</v>
-[...1 lines deleted...]
-      <c r="N5" s="16" t="str">
+        <v>MSC+MSC+ Institutional AssessmentInstitutionalInitialNoNo</v>
+      </c>
+      <c r="N5" s="13" t="str">
         <f t="shared" si="1"/>
         <v>In Person Only</v>
       </c>
     </row>
-    <row r="6" spans="1:14" s="10" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E6" s="12" t="s">
+    <row r="6" spans="1:14" s="9" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="F6" s="12" t="s">
+      <c r="F6" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="G6" s="12" t="s">
-        <v>30</v>
+      <c r="G6" s="11" t="s">
+        <v>49</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="4"/>
-      <c r="M6" s="10" t="str">
+      <c r="M6" s="9" t="str">
         <f t="shared" si="0"/>
-        <v>MSC+MnCHOICES MCO HRAInstitutionalInitialNoNo</v>
-[...1 lines deleted...]
-      <c r="N6" s="16" t="str">
+        <v>ConnectMnCHOICES MCO HRACommunityAnnualNoNo</v>
+      </c>
+      <c r="N6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve">May be conducted via phone, televideo or in person. </v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" s="9" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="F7" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="G7" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I7" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="J7" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="L7" s="4"/>
+      <c r="M7" s="9" t="str">
+        <f t="shared" si="0"/>
+        <v>ConnectMnCHOICES MCO HRACommunityInitialNoNo</v>
+      </c>
+      <c r="N7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve">May be conducted via phone, televideo or in person. </v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" s="9" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="F8" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="J8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K8" s="1"/>
+      <c r="L8" s="4"/>
+      <c r="M8" s="9" t="str">
+        <f t="shared" ref="M8:M9" si="2">A8&amp;B8&amp;C8&amp;D8&amp;E8&amp;F8</f>
+        <v>ConnectMnCHOICES MCO HRACommunityAnnualNoYes</v>
+      </c>
+      <c r="N8" s="13" t="str">
+        <f t="shared" ref="N8:N9" si="3">G8</f>
+        <v>May be conducted via phone, televideo or in person.</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" s="9" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D9" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="F9" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="G9" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="J9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K9" s="1"/>
+      <c r="L9" s="4"/>
+      <c r="M9" s="9" t="str">
+        <f t="shared" si="2"/>
+        <v>ConnectMnCHOICES MCO HRACommunityInitialNoYes</v>
+      </c>
+      <c r="N9" s="13" t="str">
+        <f t="shared" si="3"/>
+        <v>May be conducted via phone, televideo or in person.</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="E10" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F10" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="G10" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="J10" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="L10" s="4"/>
+      <c r="M10" s="9" t="str">
+        <f t="shared" si="0"/>
+        <v>MSC+MnCHOICES AssessmentCommunityAnnualYesYes</v>
+      </c>
+      <c r="N10" s="13" t="str">
         <f t="shared" si="1"/>
         <v>In Person Only</v>
       </c>
     </row>
-    <row r="7" spans="1:14" s="10" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D7" s="12" t="s">
+    <row r="11" spans="1:14" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D11" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="E7" s="12" t="s">
+      <c r="E11" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="F7" s="12" t="s">
+      <c r="F11" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="G11" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="H11" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I11" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="J11" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="K11" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="L11" s="4"/>
+      <c r="M11" s="9" t="str">
+        <f t="shared" si="0"/>
+        <v>MSC+MnCHOICES AssessmentCommunityAnnualNoYes</v>
+      </c>
+      <c r="N11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v>In person, if member declines and member had in person assessment for previous assessment, can complete via televideo or telephone.</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="E12" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="G7" s="12" t="s">
+      <c r="F12" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="G12" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H12" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I12" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J12" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K12" s="1"/>
+      <c r="L12" s="4"/>
+      <c r="M12" s="9" t="str">
+        <f t="shared" si="0"/>
+        <v>MSC+MnCHOICES MCO HRACommunityAnnualNoNo</v>
+      </c>
+      <c r="N12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v>Offer first: In-person; offer second: televideo; if declined, can complete via phone</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="196.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="F13" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="G13" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I13" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J13" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K13" s="1"/>
+      <c r="L13" s="4"/>
+      <c r="M13" s="9" t="str">
+        <f t="shared" si="0"/>
+        <v>MSC+MnCHOICES MCO HRACommunityInitialNoNo</v>
+      </c>
+      <c r="N13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v>Offer first: In-person; offer second: televideo; if declined, can complete via phone</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="147.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D14" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="E14" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="F14" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="G14" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H14" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="J14" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="H7" s="3" t="s">
-[...12 lines deleted...]
-      <c r="M7" s="10" t="str">
+      <c r="K14" s="1"/>
+      <c r="L14" s="4"/>
+      <c r="M14" s="9" t="str">
         <f t="shared" si="0"/>
-        <v>MSC+MnCHOICES MCO HRAInstitutionalAnnualNoNo</v>
-[...1 lines deleted...]
-      <c r="N7" s="16" t="str">
+        <v>MSC+MnCHOICES AssessmentCommunityInitialNoYes</v>
+      </c>
+      <c r="N14" s="13" t="str">
         <f t="shared" si="1"/>
         <v>In Person Only</v>
       </c>
     </row>
-    <row r="8" spans="1:14" s="10" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D8" s="12" t="s">
+    <row r="15" spans="1:14" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C15" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D15" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="E8" s="12" t="s">
+      <c r="E15" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F15" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="F8" s="12" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="12" t="s">
+      <c r="G15" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H15" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I15" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="J15" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="H8" s="2" t="s">
-[...10 lines deleted...]
-      <c r="M8" s="31" t="str">
+      <c r="K15" s="1"/>
+      <c r="L15" s="4"/>
+      <c r="M15" s="9" t="str">
         <f t="shared" si="0"/>
-        <v>MSHOMnCHOICES MCO HRAInstitutionalAnnualNoNo</v>
-[...1 lines deleted...]
-      <c r="N8" s="16" t="str">
+        <v>MSC+MnCHOICES AssessmentCommunityAnnualYesNo</v>
+      </c>
+      <c r="N15" s="13" t="str">
         <f t="shared" si="1"/>
         <v>In Person Only</v>
       </c>
     </row>
-    <row r="9" spans="1:14" s="10" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E9" s="12" t="s">
+    <row r="16" spans="1:14" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="E16" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="F9" s="12" t="s">
-[...16 lines deleted...]
-      <c r="M9" s="10" t="str">
+      <c r="F16" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="G16" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I16" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J16" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K16" s="1"/>
+      <c r="L16" s="4"/>
+      <c r="M16" s="9" t="str">
         <f t="shared" si="0"/>
-        <v>MSHOMnCHOICES MCO HRAInstitutionalInitialNoNo</v>
-[...475 lines deleted...]
-      <c r="N20" s="16" t="str">
+        <v>MSC+MnCHOICES MCO HRACommunityAnnualNoYes</v>
+      </c>
+      <c r="N16" s="13" t="str">
         <f t="shared" si="1"/>
         <v>Offer first: In-person; offer second: televideo; if declined, can complete via phone</v>
       </c>
     </row>
-    <row r="21" spans="1:14" ht="196.5" customHeight="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C21" s="12" t="s">
+    <row r="17" spans="1:14" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="D21" s="12" t="s">
+      <c r="D17" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="E21" s="12" t="s">
+      <c r="E17" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="F21" s="12" t="s">
-[...16 lines deleted...]
-      <c r="M21" s="10" t="str">
+      <c r="F17" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="G17" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I17" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J17" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K17" s="1"/>
+      <c r="L17" s="4"/>
+      <c r="M17" s="9" t="str">
         <f t="shared" si="0"/>
-        <v>MSC+MnCHOICES MCO HRACommunityInitialNoNo</v>
-[...1 lines deleted...]
-      <c r="N21" s="16" t="str">
+        <v>MSC+MnCHOICES MCO HRACommunityInitialNoYes</v>
+      </c>
+      <c r="N17" s="13" t="str">
         <f t="shared" si="1"/>
         <v>Offer first: In-person; offer second: televideo; if declined, can complete via phone</v>
       </c>
     </row>
-    <row r="22" spans="1:14" ht="147.75" customHeight="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C22" s="12" t="s">
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A18" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C18" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="D22" s="12" t="s">
+      <c r="D18" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="E22" s="12" t="s">
+      <c r="E18" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F18" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="F22" s="12" t="s">
+      <c r="G18" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I18" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="G22" s="12" t="s">
+      <c r="J18" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="H22" s="2" t="s">
-[...666 lines deleted...]
-      <c r="M42" s="10" t="str">
+      <c r="K18" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="M18" s="9" t="str">
         <f t="shared" si="0"/>
         <v>MSC+MnCHOICES AssessmentCommunityInitialYesNo</v>
       </c>
-      <c r="N42" s="16" t="str">
-        <f t="shared" ref="N42:N43" si="11">G42</f>
+      <c r="N18" s="13" t="str">
+        <f t="shared" ref="N18:N19" si="4">G18</f>
         <v>In Person Only</v>
       </c>
     </row>
-    <row r="43" spans="1:14" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C43" s="12" t="s">
+    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A19" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C19" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="D43" s="12" t="s">
+      <c r="D19" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="E43" s="12" t="s">
+      <c r="E19" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F19" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="G19" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I19" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="F43" s="12" t="s">
-[...2 lines deleted...]
-      <c r="G43" s="12" t="s">
+      <c r="J19" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="H43" s="2" t="s">
-[...14 lines deleted...]
-      <c r="M43" s="10" t="str">
+      <c r="K19" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="L19" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="M19" s="9" t="str">
         <f t="shared" si="0"/>
         <v>MSC+MnCHOICES AssessmentCommunityInitialYesYes</v>
       </c>
-      <c r="N43" s="16" t="str">
-        <f t="shared" si="11"/>
+      <c r="N19" s="13" t="str">
+        <f t="shared" si="4"/>
         <v>In Person Only</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:N43" xr:uid="{0B9F0E71-16A1-41B9-9F36-250DC29D93C2}"/>
-[...2 lines deleted...]
-  </hyperlinks>
+  <autoFilter ref="A1:N19" xr:uid="{0B9F0E71-16A1-41B9-9F36-250DC29D93C2}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId2"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6C07D622-F3DC-4996-BF01-8EAC7870D846}">
   <dimension ref="A1:K9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F28" sqref="F28"/>
+      <selection activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23.33203125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="17.88671875" customWidth="1"/>
+    <col min="1" max="1" width="23.42578125" customWidth="1"/>
+    <col min="2" max="2" width="16.85546875" customWidth="1"/>
+    <col min="3" max="3" width="21.140625" customWidth="1"/>
+    <col min="4" max="4" width="22.140625" customWidth="1"/>
+    <col min="6" max="6" width="17.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>10</v>
       </c>
       <c r="B1" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="C1" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D1" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="E1" t="s">
         <v>15</v>
       </c>
       <c r="F1" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="C2" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="D2" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E2" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="F2" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:11" x14ac:dyDescent="0.3">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>34</v>
+      </c>
+      <c r="D3" s="14" t="s">
+        <v>45</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:11" x14ac:dyDescent="0.3">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>25</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>5</v>
       </c>
-      <c r="D4" s="17" t="s">
-        <v>59</v>
+      <c r="D4" s="14" t="s">
+        <v>46</v>
       </c>
       <c r="E4" t="s">
         <v>8</v>
       </c>
       <c r="F4" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-    <row r="7" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
       <c r="K7" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
       <c r="K8" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
       <c r="K9" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e908531e-9543-486d-9e86-16f8673deaa4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e908531e-9543-486d-9e86-16f8673deaa4" xmlns:ns3="9792340e-710e-4a62-8285-18c8d1cf75f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5fdf2448b7f456a4cec28118ce53925" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008B40E277F7058D4D81E03D86AF3E569F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2dfebb61bf18939c8b9386e9e51ce5ff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e908531e-9543-486d-9e86-16f8673deaa4" xmlns:ns3="9792340e-710e-4a62-8285-18c8d1cf75f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0ff3d3c430559ab3321de6b318b25de5" ns2:_="" ns3:_="">
     <xsd:import namespace="e908531e-9543-486d-9e86-16f8673deaa4"/>
     <xsd:import namespace="9792340e-710e-4a62-8285-18c8d1cf75f6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -3594,101 +2538,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F25C8C9-AD64-4769-8D73-67150A94D398}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="3e965ae0-a5a6-464a-86df-c7b30c3e1154"/>
+    <ds:schemaRef ds:uri="67956b8a-e9b3-45cf-afe7-190ac0060f31"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="e908531e-9543-486d-9e86-16f8673deaa4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{569417BD-B50D-4DA2-B39A-1CA609C36212}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B8262A0-B9A3-49A9-B632-76F783C88C12}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37BA6812-AE7C-401E-A6C0-53B34BA883CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e908531e-9543-486d-9e86-16f8673deaa4"/>
     <ds:schemaRef ds:uri="9792340e-710e-4a62-8285-18c8d1cf75f6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="e908531e-9543-486d-9e86-16f8673deaa4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{c5a32a24-7702-4be1-8c90-7e9ebcb38acc}" enabled="0" method="" siteId="{c5a32a24-7702-4be1-8c90-7e9ebcb38acc}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>