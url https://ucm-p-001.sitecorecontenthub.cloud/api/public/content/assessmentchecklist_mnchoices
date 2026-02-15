--- v0 (2025-10-22)
+++ v1 (2026-02-15)
@@ -13,140 +13,139 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp16.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp17.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp18.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp19.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp20.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp21.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp22.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp23.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp24.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp25.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp26.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp27.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp28.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp29.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp30.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp31.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp32.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp33.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp34.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp35.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp36.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp37.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp38.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp39.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp40.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp41.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp42.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp43.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp44.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp45.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp46.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp47.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/ctrlProps/ctrlProp48.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ucareorg0.sharepoint.com/sites/msteams_841b0c_977275-ClinicalLiaisons/Shared Documents/Clinical Liaisons/2 Website-Final Format(All Versions)/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ucareorg0.sharepoint.com/sites/msteams_841b0c_977275-ClinicalLiaisons/Shared Documents/Clinical Liaisons/2 Website-Final Format(All Versions)/Annual Website Updates/2026 Updated Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="120_{9898F990-D4F8-4270-9E37-99B96A1A1FCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7C8B5E40-8099-4077-8803-DE46D496E9C4}"/>
+  <xr:revisionPtr revIDLastSave="55" documentId="120_{9898F990-D4F8-4270-9E37-99B96A1A1FCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9FB459E5-2766-4155-B73D-C17744EFAA34}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="702" activeTab="3" xr2:uid="{E845B805-778A-4081-9640-61346D292652}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="702" xr2:uid="{E845B805-778A-4081-9640-61346D292652}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions &amp; Resources" sheetId="8" r:id="rId1"/>
     <sheet name="Inital and Annual Outreach" sheetId="2" r:id="rId2"/>
     <sheet name="THRA" sheetId="3" r:id="rId3"/>
     <sheet name="UTR.Refusal" sheetId="4" r:id="rId4"/>
     <sheet name="HRA &amp; Support Plan" sheetId="6" r:id="rId5"/>
     <sheet name="Mid-year Update" sheetId="7" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="132">
   <si>
     <t>Member Name:</t>
   </si>
   <si>
     <t xml:space="preserve">Health Risk Assessment (HRA)   </t>
   </si>
   <si>
     <t>Date of Last Assessment:</t>
   </si>
   <si>
     <t xml:space="preserve">THRA Completed Date: </t>
   </si>
   <si>
     <t>Support Plan and Post Visit Tasks</t>
   </si>
   <si>
     <t>Enrollment Date:</t>
   </si>
   <si>
     <t>Complete needed Referrals (Prioritize referrals based on member needs).
          •	 Disease Management
          • DME/Supplies
          •	 MnChoices Assessment for Waiver supports/PCA
          •	 Community Resources
          • Preventative Care Appointments</t>
@@ -277,88 +276,67 @@
   <si>
     <t>Resouces/Relevant Job Aids</t>
   </si>
   <si>
     <t>Date THRA Completed:</t>
   </si>
   <si>
     <t>Date Assessment Completed:</t>
   </si>
   <si>
     <t>Assessment Due Date:</t>
   </si>
   <si>
     <t>Date UTR/Refusal Completed:</t>
   </si>
   <si>
     <t xml:space="preserve">Last Assessment/Activity Date: </t>
   </si>
   <si>
     <t>Date HRA Completed:</t>
   </si>
   <si>
     <t>SMART Goals Job Aid</t>
   </si>
   <si>
-    <t>Monthly Activity Log Job Aid</t>
-[...1 lines deleted...]
-  <si>
     <t>MnCHOICES Entry Completed Date:</t>
   </si>
   <si>
     <t xml:space="preserve">Summarize visit along with any collateral information, interviews, and supplemental assessments completed during visit.    </t>
   </si>
   <si>
     <t>Update member profile including demographics, contacts, and Primary Care Clinic/Provider information (as applicable).</t>
   </si>
   <si>
     <t>MnCHOICES HRA Completed Date:</t>
   </si>
   <si>
     <t xml:space="preserve">
 Reminders Set
 </t>
   </si>
   <si>
-    <t>MnCHOICES UCare Connect/Connect + Medicare Care Coordination Instructions</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">The purpose of this checklist is to provide a tool for completing all elements of member assessments.  The source of truth for care coordination requirements is the MnCHOICES Connect Requirements Grid.  Modifications for agency specific steps or systems may be edited on this document. </t>
   </si>
   <si>
     <t xml:space="preserve">Document summary of the MCO THRA along with any collateral information, interviews, and supplemental assessments completed to enhance the assessment in the member record.   </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>Assessment Due Date:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 (Calculate due date based on assessment timeline requirements)</t>
@@ -457,76 +435,50 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFA6192E"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Section Two: Initial Outreach to New Members and Members due for Annual Reassessment </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="5" tint="-0.249977111117893"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">    </t>
-    </r>
-[...24 lines deleted...]
-Phone number called:</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>Refusal:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Mail the Refusal Letter to member </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -924,93 +876,50 @@
         <b/>
         <sz val="11"/>
         <color rgb="FFA6192E"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>If member is unable to reach or refusal for THRA:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
         • Update current Support Plan with attempt to reach information
         • Do not complete MCO UTR/Refusal Support Plan
         • Do not complete MCO THRA
         • Keep member on current assessment schedule
         • Complete remaining steps from line 13 and below</t>
     </r>
   </si>
   <si>
     <r>
-      <rPr>
-[...41 lines deleted...]
-    <r>
       <t xml:space="preserve">Enter MnCHOICES UTR/Refusal </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">within 30 days </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>by opening HRA-MCO form and selecting HRA Type "Unable to Contact" or "Refusal"</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
@@ -1145,164 +1054,100 @@
     ☐ </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>Send full Support Plan to ICT</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> as indicated by member (Cover Letters optional)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="1"/>
-[...41 lines deleted...]
-        <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Document 4 actionable attempts </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">to reach member to complete Support Plan update.
          •	</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>Example:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  3 voice messages and 1 Unable to Reach Member Letter 
          •	</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>Example: (unknown number)</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Document the phone number attempted and mail 4 Unable to Reach Member Letters
          • Letters are mailed at least 2 days apart to allow time for the member to respond
          • All attempts are made on different dates and varying times</t>
-    </r>
-[...19 lines deleted...]
-         • Do not add to Monthly Activity Log</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>Review current member chart</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>: 
          •	Support Plan goals 
          •	Signature Page status
          •	Recent TOC/hospitalizations
          •	Gaps in Care/claims/notes etc</t>
     </r>
   </si>
@@ -1349,210 +1194,80 @@
       <t xml:space="preserve"> If updating INTERVENTIONS only:  Update directly on the Support Plan. Do not re-mail. </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>Update Monthly Activity Log</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>:  Support Plan Update
           • Do not update HS code
           • Only add updates to the MAL when member is successfully reached</t>
     </r>
   </si>
   <si>
-    <r>
-[...53 lines deleted...]
-  <si>
     <t>Collaboration with Waiver, TCM, BHH Case Manager (as applicable): Case note the outcome of attempt(s) to reach/collaborate with other case managers.                 
          • Share CC contact information and relevant support plan interventions and supports  
          • Review MnCHOICES Assessment and CSSP within revised application. If not found, request copy of CSSP from waiver case manager</t>
   </si>
   <si>
-    <r>
-[...30 lines deleted...]
-  <si>
     <t>Obtain the member’s signature using the e-signature within MnCHOICES Support Plan document.  
          • If electronic signature is not working or member is unable to sign electronically, print MnCHOICES Signature Sheet from the Support Plan within the application
          • See mailing instructions below if unable to obtain</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>Enter Transitional HRA activity</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (Product Change/MCO change) in MnCHOICES w/in 30 days of THRA by opening a new HRA-MCO form and completing "assessment information" to meet completion requirements, HRA Type: Transitional HRA. </t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Collaboration with Waiver, TCM, BHH Case Manager (as applicable): Case note the outcome of attempt(s) to reach/collaborate with other case managers.  
-[...41 lines deleted...]
-    <r>
       <t xml:space="preserve">  Within MnCHOICES:
   </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">      •  Locate and/or add member info (use the search persons box to locate existing member profiles)
         •  Assign new staff and location to member in MnCHOICES
                 • If previous CM/CC or location is still assigned and no longer applies, end previous assignments prior to adding new assignments</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Support Plan and Letter Mailed to Member/Resp Party Date: </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Ensure the member’s signature page is obtained.  If not received, mail copy of signature page and follow up </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -1597,245 +1312,50 @@
       </rPr>
       <t xml:space="preserve">     </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Review transfer documents </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>for completeness and update accordingly: 
         • HRA-MCO, Support Plan, Signature Page
                • CC may complete a support plan if not received in transfer or at CC's discretion due to significant updates</t>
-    </r>
-[...193 lines deleted...]
-      <t>After completing the Initial Outreach tasks, proceed to the sections below:</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Support Plan Revision Completed
 </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Support Plan </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF2F75B5"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>Completed:</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
@@ -1909,281 +1429,50 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">CT </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="8" tint="-0.249977111117893"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 1st Attempt: 
 2nd Atempt:
 3rd Attempt:</t>
-    </r>
-[...229 lines deleted...]
-        • Optional: Complete applicable UCare UTR or Refusal Support Plan</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>All members (community and instituational) receive all required outreach attempts to complete an in-person health risk assessment</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> within 60 calendar days of new enrollment and before 365 days of previous HRA or UTR/Refusal Enrollment Date and</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -2468,128 +1757,50 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> If pulling in previous assessment information - ensure the ACTIVITY DATE is updated to the current assessment date 
          • Add known information to the Member Profile including but not limited to PCP and other ICT members, diagnosis, emergency contacts, and informal supports
          • (New Members) </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>Add Form:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  Support Plan-HRA. Create/add form under forms tab then form category 
          • Gather blank signature page as needed for in-person assessment </t>
-    </r>
-[...76 lines deleted...]
-         •   Submit HRA-MCO until status reads "Completed"</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Instructions: </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFA6192E"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t>Each section is separated with the intent to offer one document to reference, regardless of assessment type.</t>
@@ -2660,50 +1871,442 @@
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Open Sans"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">         •	 Submit Support Plan until "Plan Approved" displays as status</t>
     </r>
   </si>
   <si>
     <t>Collaboration with Waiver, TCM, BHH Case Manager (as applicable): Case note the outcome of attempt(s) to reach/collaborate with other case managers
          •  Share CC contact information and relevant information with other case managers as applicable
          •  Review MnCHOICES Assessment and CSSP within revised application. If not found, request copy of CSSP from waiver case manager</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>Unable to Reach/Refusal</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>:  Document on the MnCHOICES Support Plan-HRA “Member UTR/Declined to provide update” and all other updates per process. 
+         • A support plan in "Plan Approved" status must be reopened using the "revise" function to make   edits/updates
+         • Do not add to Monthly Activity Log</t>
+    </r>
+  </si>
+  <si>
+    <t>MnCHOICES UCare Connect Care Coordination Initial and Annual Outreach</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+1st Attempt: 
+2nd Attempt:
+3rd Attempt:</t>
+  </si>
+  <si>
+    <t>MnCHOICES UCare Connect Care Coordination Instructions</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Document the outcome of outreach attempts and proceed to the appropriate assessment type checklist. 
+</t>
+  </si>
+  <si>
+    <t>MnCHOICES UCare Connect Care Coordination Transfer/Transitional HRA Checklist</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Set reminders: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  
+         • 2 Week CP Signature follow up (if not obtained)
+         • Next HRA date (before 365 days of HRA) or 6 month Support Plan update due date
+         </t>
+    </r>
+  </si>
+  <si>
+    <t>MnCHOICES UCare Connect Care Coordination Unable to Reach/Refusal Checklist</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">UTR/Refusal
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">        • Document efforts to reach member for HRA including all outreach attempts
+        • Optional: Complete applicable UCare UTR or Refusal Support Plan</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Complete the HRA-MCO:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">         •	 Complete or update the Member Profile including but not limited to PCP and other ICT members, diagnosis, emergency contacts, and informal supports
+         •  All areas of the HRA-MCO are to be addressed with additional comments added to provide detail to member responses, supports and services
+         •  Indicate "NA" in areas not relevant to the member situation
+         •  Review previous and/or new Support Plan goals at the assessment
+         •  Institutional:  Review MDS and facility care plan for collateral information
+         •</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF305496"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFA6192E"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>REMINDER</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>: Document Safe Disposal of Medication discussion on the Support Plan Signature Sheet under "Materials Shared: Other Information" (NA for SNF)
+                     • CC must manually add two community drop-off sites closest to the member's location
+         •   Submit HRA-MCO until status reads "Completed"</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Collaboration with Waiver, TCM, BHH Case Manager (as applicable): Case note the outcome of attempt(s) to reach/collaborate with other case managers.  
+        • Share CC contact information and relevant care plan interventions and supports
+        • Review and document MnCHOICES Assessment and CSSP within the revised application. If not found, request copy of CSSP from waiver case manager
+        • 5841 is used to inform the waiver worker of authoization of MA home care services
+  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">    </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Set reminders:   </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+         • 2 Week Support Plan Signature follow-up (if not obtained)
+         • Ongoing outreach to member based on member's Support Plan: Our Meeting Schedule (a minimum of every 6 months) </t>
+    </r>
+  </si>
+  <si>
+    <t>MnCHOICES UCare Connecte Care Coordination HRA &amp; Post Visit Checklist</t>
+  </si>
+  <si>
+    <t>MnCHOICES UCare Connect Care Coordination  Support  Plan Update Outreach</t>
+  </si>
+  <si>
+    <r>
+      <t>Collaboration with Waiver, TCM, BHH Case Manager (as applicable):  Case note the outcome of attempt(s) to reach other case managers.  Document information shared/obtained in member record.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF9954CC"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>Set reminders:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">   
+         •	 Ongoing outreach to member based on what is stated on member's Support Plan: My Follow Up Plan or a minimum of annually </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>and</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> at the mid-year timeframe
+     </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>CCs may use a Transfer Member Health Risk Assessment (THRA) for community and institutional members when an HRA and Support Plan completed within the last 365 days are obtained, and the member is able to be reached</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="5" tint="-0.249977111117893"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFA6192E"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>within 60 calendar days of enrollment</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> By completing the THRA the CC is adopting this assessment and Support Plan as their own.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>THRA's may be used for:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>Product Changes:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> when a member moves from Connect + Medicare to Connect and with a current HRA/Support Plan</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>Member Transferred Between MCOs:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  Member changes SNBC health plans and with current HRA/Support Plan
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">TIP: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">When the previous HRA is due within two months of the transfer, consider completing the full HRA instead. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFA6192E"/>
+        <rFont val="Open Sans"/>
+        <family val="2"/>
+      </rPr>
+      <t>After completing the Initial Outreach tasks, proceed to the sections below:</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -3413,51 +3016,51 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="202">
+  <cellXfs count="198">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
@@ -3608,56 +3211,50 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="35" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -3707,128 +3304,122 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3939,81 +3530,81 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF2F75B5"/>
       <color rgb="FFA6192E"/>
       <color rgb="FF707372"/>
       <color rgb="FF779FB5"/>
       <color rgb="FFD19000"/>
       <color rgb="FFC7C9C7"/>
@@ -4181,54 +3772,50 @@
 <file path=xl/ctrlProps/ctrlProp41.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp42.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp43.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp44.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp45.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp46.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp47.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
-[...2 lines deleted...]
-<file path=xl/ctrlProps/ctrlProp48.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
@@ -4641,57 +4228,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>47625</xdr:colOff>
-          <xdr:row>15</xdr:row>
+          <xdr:row>14</xdr:row>
           <xdr:rowOff>371475</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>304800</xdr:colOff>
-          <xdr:row>15</xdr:row>
+          <xdr:row>14</xdr:row>
           <xdr:rowOff>552450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1059" name="Check Box 35" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1059"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000023040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -4711,51 +4298,51 @@
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>161925</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1723595</xdr:colOff>
+      <xdr:colOff>1735025</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>419100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
@@ -4893,57 +4480,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2438402</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>38101</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2619378</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>285751</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Arrow: Down 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="16200000" flipH="1">
           <a:off x="8053390" y="9472613"/>
           <a:ext cx="247650" cy="180976"/>
         </a:xfrm>
         <a:prstGeom prst="downArrow">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="A6192E"/>
         </a:solidFill>
       </xdr:spPr>
@@ -5026,57 +4613,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>28575</xdr:colOff>
           <xdr:row>14</xdr:row>
-          <xdr:rowOff>352425</xdr:rowOff>
+          <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>238125</xdr:colOff>
           <xdr:row>14</xdr:row>
-          <xdr:rowOff>638175</xdr:rowOff>
+          <xdr:rowOff>285750</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1062" name="Check Box 38" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1062"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000026040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5450,117 +5037,50 @@
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>28575</xdr:colOff>
           <xdr:row>13</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>238125</xdr:colOff>
           <xdr:row>13</xdr:row>
           <xdr:rowOff>314325</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3092" name="Check Box 20" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3092"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000140C0000}"/>
-                </a:ext>
-[...65 lines deleted...]
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000150C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -6037,51 +5557,51 @@
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>184150</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1344613</xdr:colOff>
+      <xdr:colOff>1346518</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>416802</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000008000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
@@ -8455,103 +7975,103 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/ucare-connect-connect-medicare-care-coordination-resources" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.ucare.org/-/media/documents/provider/general/connect_connectmed_cc_processflow.pdf?rev=5e85254cde924155bc27c68c3214b981&amp;hash=515CDCC26E334434035A3933A28BF0AE&amp;_gl=1*1i8hjl3*_ga*MTI2NTYyNDkzNi4xNjk4MTYwNTQw*_ga_JCX0DKEMHJ*MTY5ODE2MjcxMC4yLjEuMTY5ODE2MzUzNy4wLjAuMA.." TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.ucare.org/-/media/documents/provider/general/cc_requirementsgrid_connect.pdf?rev=89e653074bdf43f29ea49fa98cf1aaa8&amp;hash=A61841E42657DB5501EAC45973E53DB0" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.ucare.org/-/media/documents/provider/general/smart_carte.xlsx?rev=da0b34f45188478ca6580fc764734fc3&amp;hash=8A09FE79F7ADF61F84759C45B6F2D4DC&amp;_gl=1*1aepku5*_ga*MTI2NTYyNDkzNi4xNjk4MTYwNTQw*_ga_JCX0DKEMHJ*MTY5ODE2MjcxMC4yLjEuMTY5ODE2MzUzNy4wLjAuMA.." TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.ucare.org/-/media/documents/provider/general/caremanagement_assessmenttimelines.pdf?rev=d6e0c037265a4158bdfe02e24a5231da&amp;hash=C4F4A0192C9BCC6D6D89DFA30B91B6C4&amp;_gl=1*qem34y*_ga*ODM4ODUxNTkxLjE2ODM3NDM3NzM.*_ga_JCX0DKEMHJ*MTY4Mzc1MTkwNC4yLjEuMTY4Mzc1MTk5MC4wLjAuMA.." TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.ucare.org/-/media/documents/provider/general/connect_connectmed_cc_processflow.pdf?rev=5e85254cde924155bc27c68c3214b981&amp;hash=515CDCC26E334434035A3933A28BF0AE&amp;_gl=1*1i8hjl3*_ga*MTI2NTYyNDkzNi4xNjk4MTYwNTQw*_ga_JCX0DKEMHJ*MTY5ODE2MjcxMC4yLjEuMTY5ODE2MzUzNy4wLjAuMA.." TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/ucare-connect-connect-medicare-care-coordination-resources" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.ucare.org/-/media/documents/provider/general/cc_requirementsgrid_connect.pdf?rev=89e653074bdf43f29ea49fa98cf1aaa8&amp;hash=A61841E42657DB5501EAC45973E53DB0" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.ucare.org/-/media/documents/provider/general/smart_carte.xlsx?rev=da0b34f45188478ca6580fc764734fc3&amp;hash=8A09FE79F7ADF61F84759C45B6F2D4DC&amp;_gl=1*1aepku5*_ga*MTI2NTYyNDkzNi4xNjk4MTYwNTQw*_ga_JCX0DKEMHJ*MTY5ODE2MjcxMC4yLjEuMTY5ODE2MzUzNy4wLjAuMA.." TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.ucare.org/-/media/documents/provider/general/caremanagement_assessmenttimelines.pdf?rev=d6e0c037265a4158bdfe02e24a5231da&amp;hash=C4F4A0192C9BCC6D6D89DFA30B91B6C4&amp;_gl=1*qem34y*_ga*ODM4ODUxNTkxLjE2ODM3NDM3NzM.*_ga_JCX0DKEMHJ*MTY4Mzc1MTkwNC4yLjEuMTY4Mzc1MTk5MC4wLjAuMA.." TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucare.org/providers/care-managers/job-aids-resources" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5359690B-D66C-4EF3-8C88-03BD033081E9}">
   <sheetPr>
     <tabColor rgb="FFC7C9C7"/>
   </sheetPr>
   <dimension ref="A1:F11"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="F2" sqref="F2"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="40.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:6" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="68"/>
       <c r="B1" s="68"/>
       <c r="C1" s="68"/>
       <c r="D1" s="68"/>
     </row>
     <row r="2" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="67" t="s">
-        <v>58</v>
+        <v>118</v>
       </c>
       <c r="B2" s="67"/>
       <c r="C2" s="67"/>
       <c r="D2" s="67"/>
     </row>
     <row r="3" spans="1:6" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="69" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="B3" s="70"/>
       <c r="C3" s="70"/>
       <c r="D3" s="70"/>
     </row>
     <row r="4" spans="1:6" ht="21" x14ac:dyDescent="0.25">
       <c r="A4" s="67" t="s">
         <v>41</v>
       </c>
       <c r="B4" s="67"/>
       <c r="C4" s="67"/>
       <c r="D4" s="67"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
     </row>
     <row r="5" spans="1:6" s="10" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="66" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="66"/>
       <c r="C5" s="66" t="s">
         <v>37</v>
       </c>
       <c r="D5" s="66"/>
       <c r="E5" s="11"/>
@@ -8574,331 +8094,314 @@
         <v>36</v>
       </c>
       <c r="B7" s="66"/>
       <c r="C7" s="65" t="s">
         <v>51</v>
       </c>
       <c r="D7" s="65"/>
       <c r="E7" s="11"/>
       <c r="F7" s="11"/>
     </row>
     <row r="8" spans="1:6" s="10" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="65" t="s">
         <v>42</v>
       </c>
       <c r="B8" s="65"/>
       <c r="C8" s="65" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="65"/>
     </row>
     <row r="9" spans="1:6" s="10" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="66" t="s">
         <v>40</v>
       </c>
       <c r="B9" s="66"/>
-      <c r="C9" s="65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C9" s="65"/>
       <c r="D9" s="65"/>
     </row>
     <row r="10" spans="1:6" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A10" s="61" t="s">
-        <v>118</v>
+        <v>102</v>
       </c>
       <c r="B10" s="61"/>
       <c r="C10" s="62"/>
       <c r="D10" s="62"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="C11" s="63"/>
       <c r="D11" s="63"/>
     </row>
   </sheetData>
   <mergeCells count="18">
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C8:D8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5:B5" r:id="rId1" display="Member Engagement Strategies Job Aid" xr:uid="{C21CF949-AAA1-472F-AC74-CB67C1BBDBB4}"/>
     <hyperlink ref="C5" r:id="rId2" display="https://media.ucare.org/-/media/documents/provider/general/cc_requirementsgrid_connect.pdf?rev=89e653074bdf43f29ea49fa98cf1aaa8&amp;hash=A61841E42657DB5501EAC45973E53DB0" xr:uid="{F7A03577-7C07-4F79-B73E-648E106302D9}"/>
     <hyperlink ref="A6" r:id="rId3" xr:uid="{6EF8AF6F-8075-4B2B-869F-47985A8F2CCE}"/>
     <hyperlink ref="C6" r:id="rId4" display="https://media.ucare.org/-/media/documents/provider/general/caremanagement_assessmenttimelines.pdf?rev=d6e0c037265a4158bdfe02e24a5231da&amp;hash=C4F4A0192C9BCC6D6D89DFA30B91B6C4&amp;_gl=1*qem34y*_ga*ODM4ODUxNTkxLjE2ODM3NDM3NzM.*_ga_JCX0DKEMHJ*MTY4Mzc1MTkwNC4yLjEuMTY4Mzc1MTk5MC4wLjAuMA.." xr:uid="{EA51159E-88B3-4498-98F4-6A86953714C4}"/>
     <hyperlink ref="A7" r:id="rId5" xr:uid="{A3AE16AC-FF78-4AA3-B73B-46DB3153D6E5}"/>
     <hyperlink ref="A8:B8" r:id="rId6" display="In-person Assessment Requirements Job Aid" xr:uid="{5074E0BF-0783-4C45-BEBC-34BCF5DCD17C}"/>
     <hyperlink ref="C8:D8" r:id="rId7" display="In-Person Assessment Decision Tree" xr:uid="{958E99AC-E85F-4078-927C-E265DC52FFE2}"/>
-    <hyperlink ref="C9:D9" r:id="rId8" display="Monthly Activity Log Job Aid" xr:uid="{872E38DE-BB5D-4C4D-8C3A-4346E6F7C238}"/>
-[...6 lines deleted...]
-    <hyperlink ref="C6:D6" r:id="rId15" display="Assessment Timeline Job Aid" xr:uid="{A79B5FCD-5558-4669-8150-D6C490F91FB7}"/>
+    <hyperlink ref="C7:D7" r:id="rId8" display="SMART Goals Job Aid" xr:uid="{4F401E55-485F-4BA6-BCF5-F3D8C2C50DC4}"/>
+    <hyperlink ref="A9:B9" r:id="rId9" display=" Care Coordination Resources" xr:uid="{0EC97A23-FAB9-4E96-AD92-DD0D1FAEBED1}"/>
+    <hyperlink ref="A10:B10" r:id="rId10" display="MnCHOICES Guidance" xr:uid="{2005D8E5-9C0D-4398-A3D9-F103D8089668}"/>
+    <hyperlink ref="A6:B6" r:id="rId11" display="New and Transfer Member Process Flow" xr:uid="{A32267DE-A05D-468D-83BF-6DC5589E84D9}"/>
+    <hyperlink ref="C5:D5" r:id="rId12" display="Connect Requirements Grid" xr:uid="{C845C1C7-930B-4DBB-AE3A-15DF5E2AE326}"/>
+    <hyperlink ref="A7:B7" r:id="rId13" display="SMART Carte Goals" xr:uid="{CBBD7A28-9DA1-4E28-82FB-2BA4F90E5A19}"/>
+    <hyperlink ref="C6:D6" r:id="rId14" display="Assessment Timeline Job Aid" xr:uid="{A79B5FCD-5558-4669-8150-D6C490F91FB7}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="192" r:id="rId16"/>
-  <drawing r:id="rId17"/>
+  <pageSetup orientation="portrait" verticalDpi="192" r:id="rId15"/>
+  <drawing r:id="rId16"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5E56B97-0D48-44C2-97BA-1D901D7F67B5}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FF00205B"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G17"/>
+  <dimension ref="B1:G16"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="B11" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="4" topLeftCell="B13" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="G7" sqref="G7"/>
+      <selection pane="bottomRight" activeCell="D15" sqref="D15:F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.5703125" customWidth="1"/>
     <col min="2" max="2" width="4.5703125" customWidth="1"/>
     <col min="3" max="3" width="51.85546875" customWidth="1"/>
     <col min="4" max="4" width="25.5703125" customWidth="1"/>
     <col min="5" max="5" width="41.140625" customWidth="1"/>
     <col min="6" max="6" width="47.5703125" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="36" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="D1" s="95"/>
+    <row r="1" spans="2:7" ht="36" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B1" s="91"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="93"/>
       <c r="E1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="40"/>
     </row>
-    <row r="2" spans="1:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="F2" s="103"/>
+    <row r="2" spans="2:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="99" t="s">
+        <v>116</v>
+      </c>
+      <c r="C2" s="100"/>
+      <c r="D2" s="100"/>
+      <c r="E2" s="100"/>
+      <c r="F2" s="101"/>
     </row>
-    <row r="3" spans="1:7" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C3" s="110"/>
+    <row r="3" spans="2:7" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="107" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" s="108"/>
       <c r="D3" s="12"/>
       <c r="E3" s="29" t="s">
         <v>46</v>
       </c>
       <c r="F3" s="25"/>
       <c r="G3"/>
     </row>
-    <row r="4" spans="1:7" s="6" customFormat="1" ht="54" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="C4" s="105"/>
+    <row r="4" spans="2:7" s="6" customFormat="1" ht="54" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="102" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" s="103"/>
       <c r="D4" s="26"/>
-      <c r="E4" s="88" t="s">
+      <c r="E4" s="86" t="s">
         <v>44</v>
       </c>
-      <c r="F4" s="89"/>
+      <c r="F4" s="87"/>
       <c r="G4" s="9"/>
     </row>
-    <row r="5" spans="1:7" s="6" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="F5" s="87"/>
+    <row r="5" spans="2:7" s="6" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="83"/>
+      <c r="C5" s="84"/>
+      <c r="D5" s="84"/>
+      <c r="E5" s="84"/>
+      <c r="F5" s="85"/>
       <c r="G5" s="9"/>
     </row>
-    <row r="6" spans="1:7" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="F6" s="108"/>
+    <row r="6" spans="2:7" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="104" t="s">
+        <v>112</v>
+      </c>
+      <c r="C6" s="105"/>
+      <c r="D6" s="105"/>
+      <c r="E6" s="105"/>
+      <c r="F6" s="106"/>
     </row>
-    <row r="7" spans="1:7" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="F7" s="100"/>
+    <row r="7" spans="2:7" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="96" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" s="97"/>
+      <c r="D7" s="97"/>
+      <c r="E7" s="97"/>
+      <c r="F7" s="98"/>
     </row>
-    <row r="8" spans="1:7" ht="84" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:7" ht="84" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="54"/>
       <c r="C8" s="18" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-      <c r="F8" s="92"/>
+        <v>75</v>
+      </c>
+      <c r="D8" s="88" t="s">
+        <v>94</v>
+      </c>
+      <c r="E8" s="89"/>
+      <c r="F8" s="90"/>
     </row>
-    <row r="9" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="27"/>
       <c r="C9" s="18" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="76" t="s">
         <v>7</v>
       </c>
       <c r="E9" s="76"/>
       <c r="F9" s="77"/>
     </row>
-    <row r="10" spans="1:7" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:7" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="27"/>
       <c r="C10" s="20" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="74" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="74"/>
       <c r="F10" s="75"/>
     </row>
-    <row r="11" spans="1:7" ht="83.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:7" ht="83.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="17"/>
       <c r="C11" s="18" t="s">
         <v>34</v>
       </c>
-      <c r="D11" s="96" t="s">
-[...3 lines deleted...]
-      <c r="F11" s="97"/>
+      <c r="D11" s="94" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" s="94"/>
+      <c r="F11" s="95"/>
     </row>
-    <row r="12" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:7" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="17"/>
       <c r="C12" s="28"/>
       <c r="D12" s="74" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="E12" s="74"/>
       <c r="F12" s="75"/>
     </row>
-    <row r="13" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="F13" s="82"/>
+    <row r="13" spans="2:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="78" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="79"/>
+      <c r="D13" s="79"/>
+      <c r="E13" s="79"/>
+      <c r="F13" s="80"/>
     </row>
-    <row r="14" spans="1:7" ht="115.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:7" ht="115.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="17"/>
       <c r="C14" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" s="81" t="s">
+        <v>109</v>
+      </c>
+      <c r="E14" s="81"/>
+      <c r="F14" s="82"/>
+    </row>
+    <row r="15" spans="2:7" ht="92.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="17"/>
+      <c r="C15" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" s="74" t="s">
         <v>119</v>
       </c>
-      <c r="D14" s="78" t="s">
-[...3 lines deleted...]
-      <c r="F14" s="79"/>
+      <c r="E15" s="74"/>
+      <c r="F15" s="75"/>
     </row>
-    <row r="15" spans="1:7" ht="74.25" customHeight="1" x14ac:dyDescent="0.3">
-[...24 lines deleted...]
-      <c r="B17" s="71" t="s">
+    <row r="16" spans="2:7" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="71" t="s">
         <v>21</v>
       </c>
-      <c r="C17" s="72"/>
-[...2 lines deleted...]
-      <c r="F17" s="73"/>
+      <c r="C16" s="72"/>
+      <c r="D16" s="72"/>
+      <c r="E16" s="72"/>
+      <c r="F16" s="73"/>
     </row>
   </sheetData>
-  <mergeCells count="18">
+  <mergeCells count="17">
     <mergeCell ref="B5:F5"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="D8:F8"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B3:C3"/>
-    <mergeCell ref="B17:F17"/>
+    <mergeCell ref="B16:F16"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="D12:F12"/>
+    <mergeCell ref="D15:F15"/>
+    <mergeCell ref="B13:F13"/>
     <mergeCell ref="D14:F14"/>
-    <mergeCell ref="D16:F16"/>
-[...1 lines deleted...]
-    <mergeCell ref="D15:F15"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E4" location="'Table of Contents'!A1" display="Resouces/Relevant Job Aids" xr:uid="{1B7AB03D-D7BE-4B08-B6C8-EE7E6F6932B4}"/>
     <hyperlink ref="E4:F4" location="'Instructions &amp; Resources'!A1" display="Resouces/Relevant Job Aids" xr:uid="{3180859F-97DA-43DE-B0C3-3C16E81047F6}"/>
   </hyperlinks>
   <pageMargins left="0.45" right="0.45" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="80" orientation="landscape" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1038" r:id="rId4" name="Check Box 14">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>47625</xdr:colOff>
                     <xdr:row>11</xdr:row>
                     <xdr:rowOff>123825</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
@@ -8985,310 +8488,298 @@
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>590550</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>285750</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>781050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1059" r:id="rId9" name="Check Box 35">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>47625</xdr:colOff>
-                    <xdr:row>15</xdr:row>
+                    <xdr:row>14</xdr:row>
                     <xdr:rowOff>371475</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>304800</xdr:colOff>
-                    <xdr:row>15</xdr:row>
+                    <xdr:row>14</xdr:row>
                     <xdr:rowOff>552450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1061" r:id="rId10" name="Check Box 37">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>7</xdr:row>
                     <xdr:rowOff>447675</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>266700</xdr:colOff>
                     <xdr:row>7</xdr:row>
                     <xdr:rowOff>619125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1062" r:id="rId11" name="Check Box 38">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>28575</xdr:colOff>
                     <xdr:row>14</xdr:row>
-                    <xdr:rowOff>352425</xdr:rowOff>
+                    <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>238125</xdr:colOff>
                     <xdr:row>14</xdr:row>
-                    <xdr:rowOff>638175</xdr:rowOff>
+                    <xdr:rowOff>285750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E387918-B597-41C6-8DD8-C16CF242E305}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FFD19000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:F16"/>
+  <dimension ref="B1:F15"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="97" zoomScaleNormal="97" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
-      <selection pane="bottomLeft" activeCell="D13" sqref="D13:F13"/>
+      <selection pane="bottomLeft" activeCell="B6" sqref="B6:F6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.140625" customWidth="1"/>
     <col min="2" max="2" width="4.140625" customWidth="1"/>
     <col min="3" max="3" width="44.28515625" customWidth="1"/>
     <col min="4" max="4" width="24.7109375" customWidth="1"/>
     <col min="5" max="5" width="58.5703125" customWidth="1"/>
     <col min="6" max="6" width="63.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="30"/>
       <c r="C1" s="31"/>
       <c r="D1" s="31"/>
       <c r="E1" s="37" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="38"/>
     </row>
     <row r="2" spans="2:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="101" t="s">
-[...5 lines deleted...]
-      <c r="F2" s="103"/>
+      <c r="B2" s="99" t="s">
+        <v>120</v>
+      </c>
+      <c r="C2" s="100"/>
+      <c r="D2" s="100"/>
+      <c r="E2" s="100"/>
+      <c r="F2" s="101"/>
     </row>
     <row r="3" spans="2:6" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="130" t="s">
+      <c r="B3" s="118" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="131"/>
+      <c r="C3" s="119"/>
       <c r="D3" s="32"/>
       <c r="E3" s="29" t="s">
         <v>45</v>
       </c>
       <c r="F3" s="33"/>
     </row>
     <row r="4" spans="2:6" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="123" t="s">
+      <c r="B4" s="109" t="s">
         <v>47</v>
       </c>
-      <c r="C4" s="124"/>
+      <c r="C4" s="110"/>
       <c r="D4" s="34"/>
-      <c r="E4" s="132" t="s">
+      <c r="E4" s="120" t="s">
         <v>44</v>
       </c>
-      <c r="F4" s="133"/>
+      <c r="F4" s="121"/>
     </row>
     <row r="5" spans="2:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="101"/>
-[...3 lines deleted...]
-      <c r="F5" s="103"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="100"/>
+      <c r="D5" s="100"/>
+      <c r="E5" s="100"/>
+      <c r="F5" s="101"/>
     </row>
     <row r="6" spans="2:6" s="3" customFormat="1" ht="185.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="114" t="s">
-[...5 lines deleted...]
-      <c r="F6" s="116"/>
+      <c r="B6" s="125" t="s">
+        <v>131</v>
+      </c>
+      <c r="C6" s="126"/>
+      <c r="D6" s="126"/>
+      <c r="E6" s="126"/>
+      <c r="F6" s="127"/>
     </row>
     <row r="7" spans="2:6" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="134"/>
-[...3 lines deleted...]
-      <c r="F7" s="136"/>
+      <c r="B7" s="122"/>
+      <c r="C7" s="123"/>
+      <c r="D7" s="123"/>
+      <c r="E7" s="123"/>
+      <c r="F7" s="124"/>
     </row>
     <row r="8" spans="2:6" s="56" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B8" s="57"/>
       <c r="C8" s="58" t="s">
         <v>9</v>
       </c>
-      <c r="D8" s="120" t="s">
-[...3 lines deleted...]
-      <c r="F8" s="122"/>
+      <c r="D8" s="130" t="s">
+        <v>98</v>
+      </c>
+      <c r="E8" s="131"/>
+      <c r="F8" s="132"/>
     </row>
     <row r="9" spans="2:6" ht="99.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="35"/>
       <c r="C9" s="28"/>
-      <c r="D9" s="117" t="s">
-[...3 lines deleted...]
-      <c r="F9" s="119"/>
+      <c r="D9" s="112" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" s="128"/>
+      <c r="F9" s="129"/>
     </row>
     <row r="10" spans="2:6" ht="80.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B10" s="35"/>
       <c r="C10" s="20" t="s">
         <v>3</v>
       </c>
-      <c r="D10" s="117" t="s">
-[...3 lines deleted...]
-      <c r="F10" s="119"/>
+      <c r="D10" s="112" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" s="128"/>
+      <c r="F10" s="129"/>
     </row>
     <row r="11" spans="2:6" ht="45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B11" s="35"/>
       <c r="C11" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="D11" s="117" t="s">
-[...3 lines deleted...]
-      <c r="F11" s="119"/>
+      <c r="D11" s="112" t="s">
+        <v>96</v>
+      </c>
+      <c r="E11" s="128"/>
+      <c r="F11" s="129"/>
     </row>
     <row r="12" spans="2:6" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B12" s="35"/>
       <c r="C12" s="20" t="s">
         <v>32</v>
       </c>
-      <c r="D12" s="117" t="s">
-[...3 lines deleted...]
-      <c r="F12" s="119"/>
+      <c r="D12" s="112" t="s">
+        <v>58</v>
+      </c>
+      <c r="E12" s="128"/>
+      <c r="F12" s="129"/>
     </row>
     <row r="13" spans="2:6" ht="69" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="35"/>
       <c r="C13" s="18" t="s">
-        <v>79</v>
-[...5 lines deleted...]
-      <c r="F13" s="127"/>
+        <v>71</v>
+      </c>
+      <c r="D13" s="112" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" s="113"/>
+      <c r="F13" s="114"/>
     </row>
     <row r="14" spans="2:6" s="56" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B14" s="57"/>
       <c r="C14" s="58" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-      <c r="F14" s="129"/>
+        <v>52</v>
+      </c>
+      <c r="D14" s="115" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" s="116"/>
+      <c r="F14" s="117"/>
     </row>
     <row r="15" spans="2:6" ht="81.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="33"/>
       <c r="C15" s="20" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="74" t="s">
-        <v>91</v>
-[...13 lines deleted...]
-      <c r="F16" s="113"/>
+        <v>121</v>
+      </c>
+      <c r="E15" s="111"/>
+      <c r="F15" s="111"/>
     </row>
   </sheetData>
-  <mergeCells count="16">
+  <mergeCells count="15">
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D15:F15"/>
     <mergeCell ref="D13:F13"/>
     <mergeCell ref="D14:F14"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B5:F5"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="B7:F7"/>
-    <mergeCell ref="D16:F16"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="D8:F8"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="D9:F9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E4" location="'Table of Contents'!A1" display="Resouces/Relevant Job Aids" xr:uid="{C609B094-2346-45FC-AE6D-D1A18D9FD65A}"/>
     <hyperlink ref="E4:F4" location="'Instructions &amp; Resources'!A1" display="Resouces/Relevant Job Aids" xr:uid="{90677FE3-380E-468B-B93F-CA42A5445FB2}"/>
   </hyperlinks>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="75" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3087" r:id="rId4" name="Check Box 15">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
@@ -9397,286 +8888,264 @@
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3092" r:id="rId9" name="Check Box 20">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>28575</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>238125</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>314325</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="3093" r:id="rId10" name="Check Box 21">
-[...21 lines deleted...]
-            <control shapeId="3094" r:id="rId11" name="Check Box 22">
+            <control shapeId="3094" r:id="rId10" name="Check Box 22">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>28575</xdr:colOff>
                     <xdr:row>14</xdr:row>
                     <xdr:rowOff>390525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>238125</xdr:colOff>
                     <xdr:row>14</xdr:row>
                     <xdr:rowOff>628650</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="3095" r:id="rId12" name="Check Box 23">
+            <control shapeId="3095" r:id="rId11" name="Check Box 23">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>8</xdr:row>
                     <xdr:rowOff>419100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>228600</xdr:colOff>
                     <xdr:row>8</xdr:row>
                     <xdr:rowOff>619125</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{148F1F23-5253-4365-B2D6-E5E6DBDAC0D5}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FFA6192E"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G14"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="5" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
-      <selection pane="bottomLeft" activeCell="D11" sqref="D11:F11"/>
+      <selection pane="bottomLeft" activeCell="D9" sqref="D9:F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="3.7109375" customWidth="1"/>
     <col min="3" max="3" width="48" customWidth="1"/>
     <col min="4" max="4" width="26.85546875" customWidth="1"/>
     <col min="5" max="5" width="58.28515625" customWidth="1"/>
     <col min="6" max="6" width="52.140625" customWidth="1"/>
     <col min="7" max="7" width="64.85546875" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="41"/>
       <c r="C1" s="42"/>
       <c r="D1" s="42"/>
       <c r="E1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="43"/>
     </row>
     <row r="2" spans="1:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="101" t="s">
-[...5 lines deleted...]
-      <c r="F2" s="103"/>
+      <c r="B2" s="99" t="s">
+        <v>122</v>
+      </c>
+      <c r="C2" s="100"/>
+      <c r="D2" s="100"/>
+      <c r="E2" s="100"/>
+      <c r="F2" s="101"/>
     </row>
     <row r="3" spans="1:7" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="142" t="s">
+      <c r="B3" s="138" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="143"/>
+      <c r="C3" s="139"/>
       <c r="D3" s="44"/>
       <c r="E3" s="24" t="s">
         <v>48</v>
       </c>
       <c r="F3" s="13"/>
     </row>
     <row r="4" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="142" t="s">
+      <c r="B4" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="C4" s="143"/>
+      <c r="C4" s="139"/>
       <c r="D4" s="45"/>
       <c r="E4" s="14"/>
       <c r="F4" s="15"/>
     </row>
     <row r="5" spans="1:7" s="6" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8"/>
-      <c r="B5" s="150" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="151"/>
+      <c r="B5" s="146" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" s="147"/>
       <c r="D5" s="16"/>
-      <c r="E5" s="132" t="s">
+      <c r="E5" s="120" t="s">
         <v>44</v>
       </c>
-      <c r="F5" s="154"/>
+      <c r="F5" s="150"/>
       <c r="G5" s="9"/>
     </row>
     <row r="6" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="7"/>
-      <c r="B6" s="139"/>
-[...3 lines deleted...]
-      <c r="F6" s="141"/>
+      <c r="B6" s="135"/>
+      <c r="C6" s="136"/>
+      <c r="D6" s="136"/>
+      <c r="E6" s="136"/>
+      <c r="F6" s="137"/>
     </row>
     <row r="7" spans="1:7" ht="72" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7"/>
-      <c r="B7" s="147" t="s">
-[...5 lines deleted...]
-      <c r="F7" s="149"/>
+      <c r="B7" s="143" t="s">
+        <v>110</v>
+      </c>
+      <c r="C7" s="144"/>
+      <c r="D7" s="144"/>
+      <c r="E7" s="144"/>
+      <c r="F7" s="145"/>
     </row>
     <row r="8" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="7"/>
-      <c r="B8" s="155"/>
-[...3 lines deleted...]
-      <c r="F8" s="157"/>
+      <c r="B8" s="151"/>
+      <c r="C8" s="152"/>
+      <c r="D8" s="152"/>
+      <c r="E8" s="152"/>
+      <c r="F8" s="153"/>
     </row>
     <row r="9" spans="1:7" ht="135" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="17"/>
       <c r="C9" s="18" t="s">
         <v>12</v>
       </c>
-      <c r="D9" s="96" t="s">
-[...3 lines deleted...]
-      <c r="F9" s="97"/>
+      <c r="D9" s="74" t="s">
+        <v>123</v>
+      </c>
+      <c r="E9" s="74"/>
+      <c r="F9" s="75"/>
     </row>
     <row r="10" spans="1:7" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="19"/>
       <c r="C10" s="20" t="s">
         <v>11</v>
       </c>
-      <c r="D10" s="144" t="s">
-[...3 lines deleted...]
-      <c r="F10" s="146"/>
+      <c r="D10" s="140" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" s="141"/>
+      <c r="F10" s="142"/>
     </row>
     <row r="11" spans="1:7" ht="73.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="19"/>
       <c r="C11" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="D11" s="158" t="s">
-[...3 lines deleted...]
-      <c r="F11" s="160"/>
+      <c r="D11" s="154" t="s">
+        <v>114</v>
+      </c>
+      <c r="E11" s="155"/>
+      <c r="F11" s="156"/>
     </row>
     <row r="12" spans="1:7" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="17"/>
       <c r="C12" s="20" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-      <c r="F12" s="97"/>
+        <v>52</v>
+      </c>
+      <c r="D12" s="94" t="s">
+        <v>83</v>
+      </c>
+      <c r="E12" s="94"/>
+      <c r="F12" s="95"/>
     </row>
     <row r="13" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="21"/>
       <c r="C13" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="D13" s="152" t="s">
-[...3 lines deleted...]
-      <c r="F13" s="153"/>
+      <c r="D13" s="148" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" s="148"/>
+      <c r="F13" s="149"/>
     </row>
     <row r="14" spans="1:7" ht="66.599999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B14" s="22"/>
       <c r="C14" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D14" s="137" t="s">
-[...3 lines deleted...]
-      <c r="F14" s="138"/>
+      <c r="D14" s="133" t="s">
+        <v>84</v>
+      </c>
+      <c r="E14" s="133"/>
+      <c r="F14" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="D14:F14"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D13:F13"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="D11:F11"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E5" location="'Instructions &amp; Resources'!A1" display="Resouces/Relevant Job Aids" xr:uid="{707970CC-4A14-4B4F-B36A-B5A985A4BC2D}"/>
   </hyperlinks>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="98" fitToHeight="0" orientation="landscape" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
@@ -9808,317 +9277,317 @@
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>238125</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>571500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C403735-05D9-4106-A66E-3762BFA02CCE}">
   <sheetPr codeName="Sheet4">
     <tabColor rgb="FF779FB5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:G24"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="B19" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="5" topLeftCell="B21" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="D20" sqref="D20:F20"/>
+      <selection pane="bottomRight" activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" customWidth="1"/>
     <col min="2" max="2" width="3.7109375" customWidth="1"/>
     <col min="3" max="3" width="42.5703125" customWidth="1"/>
     <col min="4" max="4" width="41" customWidth="1"/>
     <col min="5" max="5" width="65.5703125" customWidth="1"/>
     <col min="6" max="6" width="60.28515625" customWidth="1"/>
     <col min="7" max="7" width="92.28515625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="177"/>
-[...1 lines deleted...]
-      <c r="D1" s="179"/>
+      <c r="B1" s="173"/>
+      <c r="C1" s="174"/>
+      <c r="D1" s="175"/>
       <c r="E1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="43"/>
     </row>
     <row r="2" spans="2:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="166" t="s">
-        <v>62</v>
+      <c r="B2" s="162" t="s">
+        <v>127</v>
       </c>
       <c r="C2" s="67"/>
       <c r="D2" s="67"/>
       <c r="E2" s="67"/>
-      <c r="F2" s="167"/>
+      <c r="F2" s="163"/>
     </row>
     <row r="3" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="180" t="s">
+      <c r="B3" s="176" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="181"/>
+      <c r="C3" s="177"/>
       <c r="D3" s="46"/>
       <c r="E3" s="50" t="s">
         <v>50</v>
       </c>
       <c r="F3" s="13"/>
     </row>
     <row r="4" spans="2:7" s="6" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="180" t="s">
+      <c r="B4" s="176" t="s">
         <v>49</v>
       </c>
-      <c r="C4" s="181"/>
+      <c r="C4" s="177"/>
       <c r="D4" s="36"/>
       <c r="E4" s="47"/>
       <c r="F4" s="48"/>
       <c r="G4" s="9"/>
     </row>
     <row r="5" spans="2:7" s="6" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="109" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="110"/>
+      <c r="B5" s="107" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" s="108"/>
       <c r="D5" s="46"/>
-      <c r="E5" s="132" t="s">
+      <c r="E5" s="120" t="s">
         <v>44</v>
       </c>
-      <c r="F5" s="154"/>
+      <c r="F5" s="150"/>
       <c r="G5" s="9"/>
     </row>
     <row r="6" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="166" t="s">
+      <c r="B6" s="162" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="67"/>
       <c r="D6" s="67"/>
       <c r="E6" s="67"/>
-      <c r="F6" s="167"/>
+      <c r="F6" s="163"/>
     </row>
     <row r="7" spans="2:7" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="182" t="s">
-        <v>125</v>
+      <c r="B7" s="178" t="s">
+        <v>106</v>
       </c>
       <c r="C7" s="70"/>
       <c r="D7" s="70"/>
       <c r="E7" s="70"/>
-      <c r="F7" s="169"/>
+      <c r="F7" s="165"/>
     </row>
     <row r="8" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="183"/>
-[...3 lines deleted...]
-      <c r="F8" s="184"/>
+      <c r="B8" s="179"/>
+      <c r="C8" s="123"/>
+      <c r="D8" s="123"/>
+      <c r="E8" s="123"/>
+      <c r="F8" s="180"/>
     </row>
     <row r="9" spans="2:7" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="27"/>
       <c r="C9" s="18" t="s">
         <v>22</v>
       </c>
       <c r="D9" s="74" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="E9" s="74"/>
       <c r="F9" s="75"/>
     </row>
     <row r="10" spans="2:7" ht="103.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="27"/>
       <c r="C10" s="18" t="s">
-        <v>87</v>
-[...5 lines deleted...]
-      <c r="F10" s="187"/>
+        <v>79</v>
+      </c>
+      <c r="D10" s="181" t="s">
+        <v>111</v>
+      </c>
+      <c r="E10" s="182"/>
+      <c r="F10" s="183"/>
     </row>
     <row r="11" spans="2:7" ht="179.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="17"/>
       <c r="C11" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="74" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="E11" s="74"/>
       <c r="F11" s="75"/>
     </row>
     <row r="12" spans="2:7" ht="66.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="17"/>
       <c r="C12" s="18" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="74" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="E12" s="74"/>
       <c r="F12" s="75"/>
     </row>
     <row r="13" spans="2:7" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="17"/>
       <c r="C13" s="20" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="74" t="s">
         <v>17</v>
       </c>
       <c r="E13" s="74"/>
       <c r="F13" s="75"/>
     </row>
     <row r="14" spans="2:7" ht="94.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="17"/>
       <c r="C14" s="20" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="76" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-      <c r="F14" s="176"/>
+        <v>125</v>
+      </c>
+      <c r="E14" s="171"/>
+      <c r="F14" s="172"/>
     </row>
     <row r="15" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="17"/>
       <c r="C15" s="20" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-      <c r="F15" s="84"/>
+        <v>55</v>
+      </c>
+      <c r="D15" s="81" t="s">
+        <v>78</v>
+      </c>
+      <c r="E15" s="81"/>
+      <c r="F15" s="82"/>
     </row>
     <row r="16" spans="2:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="17"/>
       <c r="C16" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="D16" s="170" t="s">
-[...3 lines deleted...]
-      <c r="F16" s="171"/>
+      <c r="D16" s="166" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" s="166"/>
+      <c r="F16" s="167"/>
       <c r="G16" s="5"/>
     </row>
     <row r="17" spans="2:7" ht="21" x14ac:dyDescent="0.25">
-      <c r="B17" s="166" t="s">
+      <c r="B17" s="162" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="67"/>
       <c r="D17" s="67"/>
       <c r="E17" s="67"/>
-      <c r="F17" s="167"/>
+      <c r="F17" s="163"/>
     </row>
     <row r="18" spans="2:7" ht="89.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="168" t="s">
-        <v>74</v>
+      <c r="B18" s="164" t="s">
+        <v>66</v>
       </c>
       <c r="C18" s="70"/>
       <c r="D18" s="70"/>
       <c r="E18" s="70"/>
-      <c r="F18" s="169"/>
+      <c r="F18" s="165"/>
     </row>
     <row r="19" spans="2:7" s="56" customFormat="1" ht="134.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="59"/>
       <c r="C19" s="60" t="s">
-        <v>117</v>
-[...5 lines deleted...]
-      <c r="F19" s="174"/>
+        <v>101</v>
+      </c>
+      <c r="D19" s="168" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="169"/>
+      <c r="F19" s="170"/>
       <c r="G19" s="55"/>
     </row>
     <row r="20" spans="2:7" ht="204.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="27"/>
       <c r="C20" s="20" t="s">
-        <v>116</v>
-[...5 lines deleted...]
-      <c r="F20" s="162"/>
+        <v>100</v>
+      </c>
+      <c r="D20" s="94" t="s">
+        <v>113</v>
+      </c>
+      <c r="E20" s="157"/>
+      <c r="F20" s="158"/>
     </row>
     <row r="21" spans="2:7" ht="99.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" s="27"/>
       <c r="C21" s="18" t="s">
-        <v>109</v>
-[...5 lines deleted...]
-      <c r="F21" s="162"/>
+        <v>95</v>
+      </c>
+      <c r="D21" s="94" t="s">
+        <v>85</v>
+      </c>
+      <c r="E21" s="157"/>
+      <c r="F21" s="158"/>
     </row>
     <row r="22" spans="2:7" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B22" s="27"/>
       <c r="C22" s="18" t="s">
         <v>23</v>
       </c>
       <c r="D22" s="74" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="E22" s="74"/>
       <c r="F22" s="75"/>
       <c r="G22" s="2"/>
     </row>
     <row r="23" spans="2:7" ht="147.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B23" s="27"/>
       <c r="C23" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="D23" s="96" t="s">
-[...3 lines deleted...]
-      <c r="F23" s="162"/>
+      <c r="D23" s="94" t="s">
+        <v>73</v>
+      </c>
+      <c r="E23" s="157"/>
+      <c r="F23" s="158"/>
     </row>
     <row r="24" spans="2:7" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B24" s="51"/>
       <c r="C24" s="49" t="s">
-        <v>57</v>
-[...5 lines deleted...]
-      <c r="F24" s="165"/>
+        <v>56</v>
+      </c>
+      <c r="D24" s="159" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" s="160"/>
+      <c r="F24" s="161"/>
     </row>
   </sheetData>
   <mergeCells count="25">
     <mergeCell ref="D14:F14"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="D13:F13"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="D21:F21"/>
     <mergeCell ref="D22:F22"/>
     <mergeCell ref="D23:F23"/>
     <mergeCell ref="D24:F24"/>
     <mergeCell ref="D15:F15"/>
     <mergeCell ref="B17:F17"/>
     <mergeCell ref="D20:F20"/>
@@ -10440,287 +9909,287 @@
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>238125</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>781050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D515D0B5-454A-4101-82E0-AC268B37BFE3}">
   <sheetPr codeName="Sheet5">
     <tabColor rgb="FF707372"/>
   </sheetPr>
   <dimension ref="A1:F22"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="4" topLeftCell="B14" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="D15" sqref="D15:F15"/>
+      <selection pane="bottomRight" activeCell="D21" sqref="D21:F21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="7" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="4"/>
     <col min="3" max="3" width="35.28515625" customWidth="1"/>
     <col min="4" max="4" width="26.7109375" customWidth="1"/>
     <col min="5" max="5" width="37.85546875" customWidth="1"/>
     <col min="6" max="6" width="48.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:6" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="93"/>
-[...1 lines deleted...]
-      <c r="D1" s="95"/>
+      <c r="B1" s="91"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="93"/>
       <c r="E1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="43"/>
     </row>
     <row r="2" spans="2:6" ht="21" x14ac:dyDescent="0.25">
-      <c r="B2" s="166" t="s">
-        <v>63</v>
+      <c r="B2" s="162" t="s">
+        <v>128</v>
       </c>
       <c r="C2" s="67"/>
       <c r="D2" s="67"/>
       <c r="E2" s="67"/>
-      <c r="F2" s="167"/>
+      <c r="F2" s="163"/>
     </row>
     <row r="3" spans="2:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="180" t="s">
+      <c r="B3" s="176" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="181"/>
+      <c r="C3" s="177"/>
       <c r="D3" s="46"/>
       <c r="E3" s="14"/>
       <c r="F3" s="52"/>
     </row>
     <row r="4" spans="2:6" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="180" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="181"/>
+      <c r="B4" s="176" t="s">
+        <v>69</v>
+      </c>
+      <c r="C4" s="177"/>
       <c r="D4" s="36"/>
-      <c r="E4" s="132" t="s">
+      <c r="E4" s="120" t="s">
         <v>44</v>
       </c>
-      <c r="F4" s="154"/>
+      <c r="F4" s="150"/>
     </row>
     <row r="5" spans="2:6" ht="21" x14ac:dyDescent="0.25">
-      <c r="B5" s="166"/>
+      <c r="B5" s="162"/>
       <c r="C5" s="67"/>
       <c r="D5" s="67"/>
       <c r="E5" s="67"/>
-      <c r="F5" s="167"/>
+      <c r="F5" s="163"/>
     </row>
     <row r="6" spans="2:6" ht="69" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="168" t="s">
-        <v>78</v>
+      <c r="B6" s="164" t="s">
+        <v>70</v>
       </c>
       <c r="C6" s="70"/>
       <c r="D6" s="70"/>
       <c r="E6" s="70"/>
-      <c r="F6" s="169"/>
+      <c r="F6" s="165"/>
     </row>
     <row r="7" spans="2:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="199"/>
-[...3 lines deleted...]
-      <c r="F7" s="201"/>
+      <c r="B7" s="195"/>
+      <c r="C7" s="196"/>
+      <c r="D7" s="196"/>
+      <c r="E7" s="196"/>
+      <c r="F7" s="197"/>
     </row>
     <row r="8" spans="2:6" ht="100.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="19"/>
       <c r="C8" s="18" t="s">
-        <v>119</v>
-[...5 lines deleted...]
-      <c r="F8" s="84"/>
+        <v>103</v>
+      </c>
+      <c r="D8" s="81" t="s">
+        <v>87</v>
+      </c>
+      <c r="E8" s="81"/>
+      <c r="F8" s="82"/>
     </row>
     <row r="9" spans="2:6" ht="77.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="19"/>
       <c r="C9" s="18" t="s">
-        <v>121</v>
-[...5 lines deleted...]
-      <c r="F9" s="84"/>
+        <v>105</v>
+      </c>
+      <c r="D9" s="81" t="s">
+        <v>104</v>
+      </c>
+      <c r="E9" s="81"/>
+      <c r="F9" s="82"/>
     </row>
     <row r="10" spans="2:6" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="19"/>
       <c r="C10" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="D10" s="83" t="s">
-[...3 lines deleted...]
-      <c r="F10" s="84"/>
+      <c r="D10" s="81" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" s="81"/>
+      <c r="F10" s="82"/>
     </row>
     <row r="11" spans="2:6" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="80" t="s">
-[...5 lines deleted...]
-      <c r="F11" s="82"/>
+      <c r="B11" s="78" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" s="79"/>
+      <c r="D11" s="79"/>
+      <c r="E11" s="79"/>
+      <c r="F11" s="80"/>
     </row>
     <row r="12" spans="2:6" ht="83.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="19"/>
       <c r="C12" s="20" t="s">
         <v>28</v>
       </c>
-      <c r="D12" s="83" t="s">
-[...3 lines deleted...]
-      <c r="F12" s="84"/>
+      <c r="D12" s="81" t="s">
+        <v>115</v>
+      </c>
+      <c r="E12" s="81"/>
+      <c r="F12" s="82"/>
     </row>
     <row r="13" spans="2:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="194" t="s">
+      <c r="B13" s="192" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="81"/>
-[...2 lines deleted...]
-      <c r="F13" s="82"/>
+      <c r="C13" s="79"/>
+      <c r="D13" s="79"/>
+      <c r="E13" s="79"/>
+      <c r="F13" s="80"/>
     </row>
     <row r="14" spans="2:6" ht="83.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="19"/>
       <c r="C14" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="D14" s="188" t="s">
-[...3 lines deleted...]
-      <c r="F14" s="195"/>
+      <c r="D14" s="186" t="s">
+        <v>88</v>
+      </c>
+      <c r="E14" s="186"/>
+      <c r="F14" s="193"/>
     </row>
     <row r="15" spans="2:6" ht="122.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="19"/>
       <c r="C15" s="18" t="s">
-        <v>115</v>
-[...5 lines deleted...]
-      <c r="F15" s="190"/>
+        <v>99</v>
+      </c>
+      <c r="D15" s="194" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" s="187"/>
+      <c r="F15" s="188"/>
     </row>
     <row r="16" spans="2:6" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="19"/>
       <c r="C16" s="18" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-      <c r="F16" s="190"/>
+        <v>67</v>
+      </c>
+      <c r="D16" s="186" t="s">
+        <v>89</v>
+      </c>
+      <c r="E16" s="187"/>
+      <c r="F16" s="188"/>
     </row>
     <row r="17" spans="2:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="19"/>
       <c r="C17" s="20" t="s">
         <v>26</v>
       </c>
-      <c r="D17" s="83" t="s">
-[...3 lines deleted...]
-      <c r="F17" s="198"/>
+      <c r="D17" s="81" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" s="184"/>
+      <c r="F17" s="185"/>
     </row>
     <row r="18" spans="2:6" ht="70.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="19"/>
       <c r="C18" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="D18" s="188" t="s">
-[...3 lines deleted...]
-      <c r="F18" s="190"/>
+      <c r="D18" s="81" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" s="184"/>
+      <c r="F18" s="185"/>
     </row>
     <row r="19" spans="2:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="19"/>
       <c r="C19" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="D19" s="188" t="s">
-[...3 lines deleted...]
-      <c r="F19" s="190"/>
+      <c r="D19" s="186" t="s">
+        <v>54</v>
+      </c>
+      <c r="E19" s="187"/>
+      <c r="F19" s="188"/>
     </row>
     <row r="20" spans="2:6" ht="102" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="19"/>
       <c r="C20" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="D20" s="188" t="s">
+      <c r="D20" s="186" t="s">
         <v>6</v>
       </c>
-      <c r="E20" s="189"/>
-      <c r="F20" s="190"/>
+      <c r="E20" s="187"/>
+      <c r="F20" s="188"/>
     </row>
     <row r="21" spans="2:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" s="19"/>
       <c r="C21" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="D21" s="188" t="s">
-[...3 lines deleted...]
-      <c r="F21" s="195"/>
+      <c r="D21" s="186" t="s">
+        <v>90</v>
+      </c>
+      <c r="E21" s="186"/>
+      <c r="F21" s="193"/>
     </row>
     <row r="22" spans="2:6" ht="82.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B22" s="53"/>
       <c r="C22" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D22" s="191" t="s">
-[...3 lines deleted...]
-      <c r="F22" s="193"/>
+      <c r="D22" s="189" t="s">
+        <v>130</v>
+      </c>
+      <c r="E22" s="190"/>
+      <c r="F22" s="191"/>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="D8:F8"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="B11:F11"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B5:F5"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="D18:F18"/>
     <mergeCell ref="D19:F19"/>
     <mergeCell ref="D20:F20"/>
     <mergeCell ref="D22:F22"/>
     <mergeCell ref="B13:F13"/>
     <mergeCell ref="D14:F14"/>
     <mergeCell ref="D15:F15"/>
     <mergeCell ref="D16:F16"/>
     <mergeCell ref="D17:F17"/>
@@ -10986,52 +10455,52 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e908531e-9543-486d-9e86-16f8673deaa4">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008B40E277F7058D4D81E03D86AF3E569F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d0f011584d8e1f4eed600d3d7def7eaf">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e908531e-9543-486d-9e86-16f8673deaa4" xmlns:ns3="9792340e-710e-4a62-8285-18c8d1cf75f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5fdf2448b7f456a4cec28118ce53925" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008B40E277F7058D4D81E03D86AF3E569F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2dfebb61bf18939c8b9386e9e51ce5ff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e908531e-9543-486d-9e86-16f8673deaa4" xmlns:ns3="9792340e-710e-4a62-8285-18c8d1cf75f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0ff3d3c430559ab3321de6b318b25de5" ns2:_="" ns3:_="">
     <xsd:import namespace="e908531e-9543-486d-9e86-16f8673deaa4"/>
     <xsd:import namespace="9792340e-710e-4a62-8285-18c8d1cf75f6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -11214,66 +10683,66 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54652680-6804-4DD2-A1C8-FF9FB8B915D8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="9792340e-710e-4a62-8285-18c8d1cf75f6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="e908531e-9543-486d-9e86-16f8673deaa4"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8D1ECD6-0FAD-4B41-ABC0-A682D05F9436}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79044853-B1D3-4B4E-9C6F-358611726D71}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e908531e-9543-486d-9e86-16f8673deaa4"/>
     <ds:schemaRef ds:uri="9792340e-710e-4a62-8285-18c8d1cf75f6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{021B4899-3DF8-442F-8279-A91CC7763B6F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 