--- v0 (2025-11-08)
+++ v1 (2026-02-14)
@@ -18,53 +18,53 @@
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dsulland\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3F6FF231-2C58-4CEA-BBE4-8D65AFE18C8D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{33AA68C0-5B1D-4A68-B089-EAA4ED4C847E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{D589F34D-79E5-4758-9B08-A78B58F8F6B8}"/>
+    <workbookView xWindow="-28920" yWindow="3825" windowWidth="29040" windowHeight="16440" activeTab="1" xr2:uid="{D589F34D-79E5-4758-9B08-A78B58F8F6B8}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions Tab" sheetId="5" r:id="rId1"/>
     <sheet name="Budget Tool" sheetId="1" r:id="rId2"/>
     <sheet name="Annual Unit Calculator" sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -835,66 +835,66 @@
       <sz val="12"/>
       <color theme="1"/>
       <name val="Noto Serif"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FFC00000"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <sz val="16"/>
       <color theme="0"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Noto Serif"/>
       <family val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Open Sans"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00205B"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC7C9C7"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="18">
     <border>
       <left/>
@@ -1096,51 +1096,51 @@
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="104">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
@@ -1229,68 +1229,65 @@
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="166" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="8" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="166" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="166" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="1" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="1" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -1305,50 +1302,56 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="8" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="166" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="165" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="8" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1"/>
+    <xf numFmtId="8" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{333A375A-8DB7-4519-BBFB-F0297923A766}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFC7C9C7"/>
       <color rgb="FF307FE2"/>
       <color rgb="FF00205B"/>
       <color rgb="FF8BD3E6"/>
@@ -1819,291 +1822,291 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9CE5D02-A3DF-4D88-B02F-85385985A687}">
   <dimension ref="A1:J15"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="M2" sqref="M2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="54.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="89" t="s">
+      <c r="A1" s="86" t="s">
         <v>105</v>
       </c>
-      <c r="B1" s="90"/>
-[...7 lines deleted...]
-      <c r="J1" s="90"/>
+      <c r="B1" s="87"/>
+      <c r="C1" s="87"/>
+      <c r="D1" s="87"/>
+      <c r="E1" s="87"/>
+      <c r="F1" s="87"/>
+      <c r="G1" s="87"/>
+      <c r="H1" s="87"/>
+      <c r="I1" s="87"/>
+      <c r="J1" s="87"/>
     </row>
     <row r="2" spans="1:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A2" s="91" t="s">
+      <c r="A2" s="88" t="s">
         <v>99</v>
       </c>
-      <c r="B2" s="91"/>
-[...7 lines deleted...]
-      <c r="J2" s="91"/>
+      <c r="B2" s="88"/>
+      <c r="C2" s="88"/>
+      <c r="D2" s="88"/>
+      <c r="E2" s="88"/>
+      <c r="F2" s="88"/>
+      <c r="G2" s="88"/>
+      <c r="H2" s="88"/>
+      <c r="I2" s="88"/>
+      <c r="J2" s="88"/>
     </row>
     <row r="3" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="92" t="s">
+      <c r="A3" s="89" t="s">
         <v>107</v>
       </c>
-      <c r="B3" s="92"/>
-[...7 lines deleted...]
-      <c r="J3" s="92"/>
+      <c r="B3" s="89"/>
+      <c r="C3" s="89"/>
+      <c r="D3" s="89"/>
+      <c r="E3" s="89"/>
+      <c r="F3" s="89"/>
+      <c r="G3" s="89"/>
+      <c r="H3" s="89"/>
+      <c r="I3" s="89"/>
+      <c r="J3" s="89"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A4" s="92"/>
-[...8 lines deleted...]
-      <c r="J4" s="92"/>
+      <c r="A4" s="89"/>
+      <c r="B4" s="89"/>
+      <c r="C4" s="89"/>
+      <c r="D4" s="89"/>
+      <c r="E4" s="89"/>
+      <c r="F4" s="89"/>
+      <c r="G4" s="89"/>
+      <c r="H4" s="89"/>
+      <c r="I4" s="89"/>
+      <c r="J4" s="89"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A5" s="92"/>
-[...8 lines deleted...]
-      <c r="J5" s="92"/>
+      <c r="A5" s="89"/>
+      <c r="B5" s="89"/>
+      <c r="C5" s="89"/>
+      <c r="D5" s="89"/>
+      <c r="E5" s="89"/>
+      <c r="F5" s="89"/>
+      <c r="G5" s="89"/>
+      <c r="H5" s="89"/>
+      <c r="I5" s="89"/>
+      <c r="J5" s="89"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A6" s="92"/>
-[...8 lines deleted...]
-      <c r="J6" s="92"/>
+      <c r="A6" s="89"/>
+      <c r="B6" s="89"/>
+      <c r="C6" s="89"/>
+      <c r="D6" s="89"/>
+      <c r="E6" s="89"/>
+      <c r="F6" s="89"/>
+      <c r="G6" s="89"/>
+      <c r="H6" s="89"/>
+      <c r="I6" s="89"/>
+      <c r="J6" s="89"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A7" s="92"/>
-[...8 lines deleted...]
-      <c r="J7" s="92"/>
+      <c r="A7" s="89"/>
+      <c r="B7" s="89"/>
+      <c r="C7" s="89"/>
+      <c r="D7" s="89"/>
+      <c r="E7" s="89"/>
+      <c r="F7" s="89"/>
+      <c r="G7" s="89"/>
+      <c r="H7" s="89"/>
+      <c r="I7" s="89"/>
+      <c r="J7" s="89"/>
     </row>
     <row r="8" spans="1:10" ht="21" x14ac:dyDescent="0.4">
-      <c r="A8" s="91" t="s">
+      <c r="A8" s="88" t="s">
         <v>101</v>
       </c>
-      <c r="B8" s="91"/>
-[...7 lines deleted...]
-      <c r="J8" s="91"/>
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+      <c r="F8" s="88"/>
+      <c r="G8" s="88"/>
+      <c r="H8" s="88"/>
+      <c r="I8" s="88"/>
+      <c r="J8" s="88"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A9" s="92" t="s">
+      <c r="A9" s="89" t="s">
         <v>108</v>
       </c>
-      <c r="B9" s="93"/>
-[...7 lines deleted...]
-      <c r="J9" s="93"/>
+      <c r="B9" s="90"/>
+      <c r="C9" s="90"/>
+      <c r="D9" s="90"/>
+      <c r="E9" s="90"/>
+      <c r="F9" s="90"/>
+      <c r="G9" s="90"/>
+      <c r="H9" s="90"/>
+      <c r="I9" s="90"/>
+      <c r="J9" s="90"/>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A10" s="93"/>
-[...8 lines deleted...]
-      <c r="J10" s="93"/>
+      <c r="A10" s="90"/>
+      <c r="B10" s="90"/>
+      <c r="C10" s="90"/>
+      <c r="D10" s="90"/>
+      <c r="E10" s="90"/>
+      <c r="F10" s="90"/>
+      <c r="G10" s="90"/>
+      <c r="H10" s="90"/>
+      <c r="I10" s="90"/>
+      <c r="J10" s="90"/>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A11" s="93"/>
-[...8 lines deleted...]
-      <c r="J11" s="93"/>
+      <c r="A11" s="90"/>
+      <c r="B11" s="90"/>
+      <c r="C11" s="90"/>
+      <c r="D11" s="90"/>
+      <c r="E11" s="90"/>
+      <c r="F11" s="90"/>
+      <c r="G11" s="90"/>
+      <c r="H11" s="90"/>
+      <c r="I11" s="90"/>
+      <c r="J11" s="90"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A12" s="93"/>
-[...8 lines deleted...]
-      <c r="J12" s="93"/>
+      <c r="A12" s="90"/>
+      <c r="B12" s="90"/>
+      <c r="C12" s="90"/>
+      <c r="D12" s="90"/>
+      <c r="E12" s="90"/>
+      <c r="F12" s="90"/>
+      <c r="G12" s="90"/>
+      <c r="H12" s="90"/>
+      <c r="I12" s="90"/>
+      <c r="J12" s="90"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A13" s="93"/>
-[...8 lines deleted...]
-      <c r="J13" s="93"/>
+      <c r="A13" s="90"/>
+      <c r="B13" s="90"/>
+      <c r="C13" s="90"/>
+      <c r="D13" s="90"/>
+      <c r="E13" s="90"/>
+      <c r="F13" s="90"/>
+      <c r="G13" s="90"/>
+      <c r="H13" s="90"/>
+      <c r="I13" s="90"/>
+      <c r="J13" s="90"/>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A14" s="93"/>
-[...8 lines deleted...]
-      <c r="J14" s="93"/>
+      <c r="A14" s="90"/>
+      <c r="B14" s="90"/>
+      <c r="C14" s="90"/>
+      <c r="D14" s="90"/>
+      <c r="E14" s="90"/>
+      <c r="F14" s="90"/>
+      <c r="G14" s="90"/>
+      <c r="H14" s="90"/>
+      <c r="I14" s="90"/>
+      <c r="J14" s="90"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A15" s="93"/>
-[...8 lines deleted...]
-      <c r="J15" s="93"/>
+      <c r="A15" s="90"/>
+      <c r="B15" s="90"/>
+      <c r="C15" s="90"/>
+      <c r="D15" s="90"/>
+      <c r="E15" s="90"/>
+      <c r="F15" s="90"/>
+      <c r="G15" s="90"/>
+      <c r="H15" s="90"/>
+      <c r="I15" s="90"/>
+      <c r="J15" s="90"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="5">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A3:J7"/>
     <mergeCell ref="A8:J8"/>
     <mergeCell ref="A9:J15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93223731-1117-4553-AD41-2D0929127B02}">
   <dimension ref="A1:T101"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="C18" sqref="C18"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <pane ySplit="10" topLeftCell="A30" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D32" sqref="D32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="23.140625" style="14" customWidth="1"/>
     <col min="2" max="2" width="83.42578125" style="14" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.42578125" style="14" customWidth="1"/>
     <col min="4" max="4" width="38.85546875" style="14" customWidth="1"/>
     <col min="5" max="5" width="22.140625" style="14" customWidth="1"/>
     <col min="6" max="6" width="35.85546875" style="14" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="36.5703125" style="14" customWidth="1"/>
     <col min="8" max="8" width="23.42578125" style="14" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="57.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="94" t="s">
+      <c r="A1" s="91" t="s">
         <v>112</v>
       </c>
-      <c r="B1" s="94"/>
+      <c r="B1" s="91"/>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
     </row>
     <row r="2" spans="1:20" ht="18" x14ac:dyDescent="0.35">
       <c r="A2" s="12" t="s">
         <v>73</v>
       </c>
       <c r="B2" s="21"/>
       <c r="C2" s="12"/>
       <c r="D2" s="43" t="s">
         <v>110</v>
       </c>
       <c r="E2" s="44"/>
       <c r="F2" s="40"/>
       <c r="G2" s="30"/>
       <c r="H2" s="29"/>
       <c r="I2" s="29"/>
       <c r="J2" s="29"/>
       <c r="K2" s="29"/>
       <c r="L2" s="29"/>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A3" s="12" t="s">
         <v>74</v>
@@ -2256,2108 +2259,2197 @@
       <c r="J10" s="66"/>
       <c r="K10" s="66"/>
       <c r="L10" s="66"/>
       <c r="M10" s="66"/>
       <c r="N10" s="66"/>
       <c r="O10" s="66"/>
       <c r="P10" s="16"/>
       <c r="Q10" s="16"/>
       <c r="R10" s="16"/>
       <c r="S10" s="16"/>
       <c r="T10" s="16"/>
     </row>
     <row r="11" spans="1:20" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B11" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="17">
         <v>7.9</v>
       </c>
       <c r="D11" s="21"/>
       <c r="E11" s="17">
         <f>SUM(C11*D11/12)</f>
         <v>0</v>
       </c>
       <c r="F11" s="29"/>
-      <c r="G11" s="64"/>
-[...7 lines deleted...]
-      <c r="O11" s="66"/>
+      <c r="G11" s="32"/>
+      <c r="H11" s="98"/>
+      <c r="I11" s="29"/>
+      <c r="J11" s="29"/>
+      <c r="K11" s="29"/>
+      <c r="L11" s="29"/>
+      <c r="M11" s="29"/>
+      <c r="N11" s="29"/>
+      <c r="O11" s="29"/>
       <c r="P11" s="16"/>
       <c r="Q11" s="16"/>
       <c r="R11" s="16"/>
       <c r="S11" s="16"/>
       <c r="T11" s="16"/>
     </row>
     <row r="12" spans="1:20" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B12" s="14" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="17">
         <v>7.9</v>
       </c>
       <c r="D12" s="21"/>
       <c r="E12" s="17">
         <f>SUM(C12*D12/12)</f>
         <v>0</v>
       </c>
       <c r="F12" s="29"/>
-      <c r="G12" s="70"/>
-[...7 lines deleted...]
-      <c r="O12" s="66"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="99"/>
+      <c r="I12" s="29"/>
+      <c r="J12" s="29"/>
+      <c r="K12" s="29"/>
+      <c r="L12" s="29"/>
+      <c r="M12" s="29"/>
+      <c r="N12" s="29"/>
+      <c r="O12" s="29"/>
       <c r="P12" s="16"/>
       <c r="Q12" s="16"/>
       <c r="R12" s="16"/>
       <c r="S12" s="16"/>
       <c r="T12" s="16"/>
     </row>
     <row r="13" spans="1:20" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B13" s="14" t="s">
         <v>164</v>
       </c>
       <c r="C13" s="17">
         <v>4.53</v>
       </c>
       <c r="D13" s="21"/>
       <c r="E13" s="17">
         <f>SUM(C13*D13/12)</f>
         <v>0</v>
       </c>
-      <c r="F13" s="29"/>
-[...8 lines deleted...]
-      <c r="O13" s="66"/>
+      <c r="F13" s="70"/>
+      <c r="G13" s="67"/>
+      <c r="H13" s="68"/>
+      <c r="I13" s="70"/>
+      <c r="J13" s="70"/>
+      <c r="K13" s="29"/>
+      <c r="L13" s="29"/>
+      <c r="M13" s="29"/>
+      <c r="N13" s="29"/>
+      <c r="O13" s="29"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="16"/>
       <c r="R13" s="16"/>
       <c r="S13" s="16"/>
       <c r="T13" s="16"/>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.3">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="17">
         <v>11.58</v>
       </c>
       <c r="D14" s="21"/>
       <c r="E14" s="17">
-        <f t="shared" ref="E12:E60" si="0">SUM(C14*D14/12)</f>
-[...2 lines deleted...]
-      <c r="F14" s="29"/>
+        <f t="shared" ref="E14:E60" si="0">SUM(C14*D14/12)</f>
+        <v>0</v>
+      </c>
+      <c r="F14" s="70"/>
       <c r="G14" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="H14" s="72">
-[...8 lines deleted...]
-      <c r="O14" s="66"/>
+      <c r="H14" s="69">
+        <v>6162</v>
+      </c>
+      <c r="I14" s="70"/>
+      <c r="J14" s="70"/>
+      <c r="K14" s="29"/>
+      <c r="L14" s="29"/>
+      <c r="M14" s="29"/>
+      <c r="N14" s="29"/>
+      <c r="O14" s="29"/>
       <c r="P14" s="16"/>
       <c r="Q14" s="16"/>
       <c r="R14" s="16"/>
       <c r="S14" s="16"/>
       <c r="T14" s="16"/>
     </row>
     <row r="15" spans="1:20" x14ac:dyDescent="0.3">
       <c r="B15" s="14" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="17">
         <v>4.53</v>
       </c>
       <c r="D15" s="21"/>
       <c r="E15" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F15" s="29"/>
+      <c r="F15" s="70"/>
       <c r="G15" s="49" t="s">
         <v>4</v>
       </c>
       <c r="H15" s="50">
-        <v>6615</v>
-[...7 lines deleted...]
-      <c r="O15" s="66"/>
+        <v>7013</v>
+      </c>
+      <c r="I15" s="70"/>
+      <c r="J15" s="70"/>
+      <c r="K15" s="29"/>
+      <c r="L15" s="29"/>
+      <c r="M15" s="29"/>
+      <c r="N15" s="29"/>
+      <c r="O15" s="29"/>
       <c r="P15" s="16"/>
       <c r="Q15" s="16"/>
       <c r="R15" s="16"/>
       <c r="S15" s="16"/>
       <c r="T15" s="16"/>
     </row>
     <row r="16" spans="1:20" x14ac:dyDescent="0.3">
       <c r="B16" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C16" s="17">
         <v>4.53</v>
       </c>
       <c r="D16" s="21"/>
       <c r="E16" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F16" s="29"/>
+      <c r="F16" s="70"/>
       <c r="G16" s="49" t="s">
         <v>5</v>
       </c>
       <c r="H16" s="50">
-        <v>7762</v>
-[...7 lines deleted...]
-      <c r="O16" s="66"/>
+        <v>8229</v>
+      </c>
+      <c r="I16" s="70"/>
+      <c r="J16" s="70"/>
+      <c r="K16" s="29"/>
+      <c r="L16" s="29"/>
+      <c r="M16" s="29"/>
+      <c r="N16" s="29"/>
+      <c r="O16" s="29"/>
       <c r="P16" s="16"/>
       <c r="Q16" s="16"/>
       <c r="R16" s="16"/>
       <c r="S16" s="16"/>
       <c r="T16" s="16"/>
     </row>
     <row r="17" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B17" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="17">
         <v>180</v>
       </c>
       <c r="D17" s="21">
         <v>12</v>
       </c>
       <c r="E17" s="17">
         <f t="shared" si="0"/>
         <v>180</v>
       </c>
-      <c r="F17" s="29" t="s">
+      <c r="F17" s="70" t="s">
         <v>104</v>
       </c>
       <c r="G17" s="49" t="s">
         <v>6</v>
       </c>
       <c r="H17" s="50">
-        <v>8013</v>
-[...7 lines deleted...]
-      <c r="O17" s="66"/>
+        <v>8495</v>
+      </c>
+      <c r="I17" s="70"/>
+      <c r="J17" s="70"/>
+      <c r="K17" s="29"/>
+      <c r="L17" s="29"/>
+      <c r="M17" s="29"/>
+      <c r="N17" s="29"/>
+      <c r="O17" s="29"/>
       <c r="P17" s="16"/>
       <c r="Q17" s="16"/>
       <c r="R17" s="16"/>
       <c r="S17" s="16"/>
       <c r="T17" s="16"/>
     </row>
     <row r="18" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B18" s="53" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="22"/>
       <c r="D18" s="21"/>
       <c r="E18" s="17">
         <f>SUM(C18*D18/12)</f>
         <v>0</v>
       </c>
-      <c r="F18" s="29"/>
+      <c r="F18" s="70"/>
       <c r="G18" s="18" t="s">
         <v>7</v>
       </c>
       <c r="H18" s="33">
-        <v>8837</v>
-[...7 lines deleted...]
-      <c r="O18" s="66"/>
+        <v>9369</v>
+      </c>
+      <c r="I18" s="70"/>
+      <c r="J18" s="70"/>
+      <c r="K18" s="29"/>
+      <c r="L18" s="29"/>
+      <c r="M18" s="29"/>
+      <c r="N18" s="29"/>
+      <c r="O18" s="29"/>
       <c r="P18" s="16"/>
       <c r="Q18" s="16"/>
       <c r="R18" s="16"/>
       <c r="S18" s="16"/>
       <c r="T18" s="16"/>
     </row>
     <row r="19" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B19" s="53" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="17">
         <v>44</v>
       </c>
       <c r="D19" s="21"/>
       <c r="E19" s="17">
         <f>SUM(C19*D19/12)</f>
         <v>0</v>
       </c>
-      <c r="F19" s="29"/>
+      <c r="F19" s="70"/>
       <c r="G19" s="18" t="s">
         <v>8</v>
       </c>
       <c r="H19" s="33">
-        <v>9107</v>
-[...7 lines deleted...]
-      <c r="O19" s="66"/>
+        <v>9655</v>
+      </c>
+      <c r="I19" s="70"/>
+      <c r="J19" s="70"/>
+      <c r="K19" s="29"/>
+      <c r="L19" s="29"/>
+      <c r="M19" s="29"/>
+      <c r="N19" s="29"/>
+      <c r="O19" s="29"/>
       <c r="P19" s="16"/>
       <c r="Q19" s="16"/>
       <c r="R19" s="16"/>
       <c r="S19" s="16"/>
       <c r="T19" s="16"/>
     </row>
     <row r="20" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B20" s="53" t="s">
         <v>113</v>
       </c>
       <c r="C20" s="17">
-        <v>6.21</v>
+        <v>6.22</v>
       </c>
       <c r="D20" s="21"/>
       <c r="E20" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F20" s="29"/>
+      <c r="F20" s="70"/>
       <c r="G20" s="18" t="s">
         <v>9</v>
       </c>
       <c r="H20" s="33">
-        <v>9396</v>
-[...7 lines deleted...]
-      <c r="O20" s="66"/>
+        <v>9961</v>
+      </c>
+      <c r="I20" s="70"/>
+      <c r="J20" s="70"/>
+      <c r="K20" s="29"/>
+      <c r="L20" s="29"/>
+      <c r="M20" s="29"/>
+      <c r="N20" s="29"/>
+      <c r="O20" s="29"/>
       <c r="P20" s="16"/>
       <c r="Q20" s="16"/>
       <c r="R20" s="16"/>
       <c r="S20" s="16"/>
       <c r="T20" s="16"/>
     </row>
     <row r="21" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B21" s="53" t="s">
         <v>114</v>
       </c>
       <c r="C21" s="17">
-        <v>6.67</v>
+        <v>6.99</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F21" s="29"/>
+      <c r="F21" s="70"/>
       <c r="G21" s="18" t="s">
         <v>10</v>
       </c>
       <c r="H21" s="33">
-        <v>10602</v>
-[...7 lines deleted...]
-      <c r="O21" s="66"/>
+        <v>11240</v>
+      </c>
+      <c r="I21" s="70"/>
+      <c r="J21" s="70"/>
+      <c r="K21" s="29"/>
+      <c r="L21" s="29"/>
+      <c r="M21" s="29"/>
+      <c r="N21" s="29"/>
+      <c r="O21" s="29"/>
       <c r="P21" s="16"/>
       <c r="Q21" s="16"/>
       <c r="R21" s="16"/>
       <c r="S21" s="16"/>
       <c r="T21" s="16"/>
     </row>
     <row r="22" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B22" s="14" t="s">
         <v>119</v>
       </c>
       <c r="C22" s="61"/>
       <c r="D22" s="21"/>
       <c r="E22" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F22" s="29"/>
+      <c r="F22" s="70"/>
       <c r="G22" s="18" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="34">
-        <v>10881</v>
-[...7 lines deleted...]
-      <c r="O22" s="66"/>
+        <v>11536</v>
+      </c>
+      <c r="I22" s="70"/>
+      <c r="J22" s="70"/>
+      <c r="K22" s="29"/>
+      <c r="L22" s="29"/>
+      <c r="M22" s="29"/>
+      <c r="N22" s="29"/>
+      <c r="O22" s="29"/>
       <c r="P22" s="16"/>
       <c r="Q22" s="16"/>
       <c r="R22" s="16"/>
       <c r="S22" s="16"/>
       <c r="T22" s="16"/>
     </row>
     <row r="23" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B23" s="14" t="s">
         <v>120</v>
       </c>
       <c r="C23" s="61"/>
       <c r="D23" s="21"/>
       <c r="E23" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F23" s="29"/>
+      <c r="F23" s="70"/>
       <c r="G23" s="49" t="s">
         <v>12</v>
       </c>
       <c r="H23" s="50">
-        <v>11601</v>
-[...7 lines deleted...]
-      <c r="O23" s="66"/>
+        <v>12299</v>
+      </c>
+      <c r="I23" s="70"/>
+      <c r="J23" s="70"/>
+      <c r="K23" s="29"/>
+      <c r="L23" s="29"/>
+      <c r="M23" s="29"/>
+      <c r="N23" s="29"/>
+      <c r="O23" s="29"/>
       <c r="P23" s="16"/>
       <c r="Q23" s="16"/>
       <c r="R23" s="16"/>
       <c r="S23" s="16"/>
       <c r="T23" s="16"/>
     </row>
     <row r="24" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B24" s="14" t="s">
         <v>116</v>
       </c>
       <c r="C24" s="61"/>
       <c r="D24" s="21"/>
       <c r="E24" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F24" s="29"/>
+      <c r="F24" s="70"/>
       <c r="G24" s="49" t="s">
         <v>13</v>
       </c>
       <c r="H24" s="50">
-        <v>13513</v>
-[...7 lines deleted...]
-      <c r="O24" s="66"/>
+        <v>14326</v>
+      </c>
+      <c r="I24" s="70"/>
+      <c r="J24" s="70"/>
+      <c r="K24" s="29"/>
+      <c r="L24" s="29"/>
+      <c r="M24" s="29"/>
+      <c r="N24" s="29"/>
+      <c r="O24" s="29"/>
       <c r="P24" s="16"/>
       <c r="Q24" s="16"/>
       <c r="R24" s="16"/>
       <c r="S24" s="16"/>
       <c r="T24" s="16"/>
     </row>
     <row r="25" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B25" s="14" t="s">
         <v>124</v>
       </c>
       <c r="C25" s="61"/>
       <c r="D25" s="21"/>
       <c r="E25" s="17">
         <f>SUM(C25*D25/12)</f>
         <v>0</v>
       </c>
-      <c r="F25" s="52"/>
+      <c r="F25" s="57"/>
       <c r="G25" s="49" t="s">
         <v>111</v>
       </c>
       <c r="H25" s="50">
-        <v>4479</v>
-[...7 lines deleted...]
-      <c r="O25" s="66"/>
+        <v>4749</v>
+      </c>
+      <c r="I25" s="70"/>
+      <c r="J25" s="70"/>
+      <c r="K25" s="29"/>
+      <c r="L25" s="29"/>
+      <c r="M25" s="29"/>
+      <c r="N25" s="29"/>
+      <c r="O25" s="29"/>
     </row>
     <row r="26" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B26" s="14" t="s">
         <v>118</v>
       </c>
       <c r="C26" s="61"/>
       <c r="D26" s="21"/>
       <c r="E26" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F26" s="51"/>
+      <c r="F26" s="103"/>
       <c r="G26" s="49" t="s">
         <v>14</v>
       </c>
       <c r="H26" s="50">
-        <v>49176</v>
-[...7 lines deleted...]
-      <c r="O26" s="66"/>
+        <v>52133</v>
+      </c>
+      <c r="I26" s="70"/>
+      <c r="J26" s="70"/>
+      <c r="K26" s="29"/>
+      <c r="L26" s="29"/>
+      <c r="M26" s="29"/>
+      <c r="N26" s="29"/>
+      <c r="O26" s="29"/>
       <c r="P26" s="16"/>
       <c r="Q26" s="16"/>
       <c r="R26" s="16"/>
       <c r="S26" s="16"/>
       <c r="T26" s="16"/>
     </row>
     <row r="27" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B27" s="14" t="s">
         <v>125</v>
       </c>
       <c r="C27" s="61"/>
       <c r="D27" s="21"/>
       <c r="E27" s="17">
         <f>SUM(C27*D27/12)</f>
         <v>0</v>
       </c>
-      <c r="F27" s="51"/>
-[...8 lines deleted...]
-      <c r="O27" s="66"/>
+      <c r="F27" s="103"/>
+      <c r="G27" s="70"/>
+      <c r="H27" s="70"/>
+      <c r="I27" s="70"/>
+      <c r="J27" s="70"/>
+      <c r="K27" s="29"/>
+      <c r="L27" s="29"/>
+      <c r="M27" s="29"/>
+      <c r="N27" s="29"/>
+      <c r="O27" s="29"/>
     </row>
     <row r="28" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B28" s="14" t="s">
         <v>117</v>
       </c>
       <c r="C28" s="61"/>
       <c r="D28" s="21"/>
       <c r="E28" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F28" s="51"/>
-[...8 lines deleted...]
-      <c r="O28" s="66"/>
+      <c r="F28" s="102"/>
+      <c r="G28" s="100"/>
+      <c r="H28" s="101"/>
+      <c r="I28" s="29"/>
+      <c r="J28" s="29"/>
+      <c r="K28" s="29"/>
+      <c r="L28" s="29"/>
+      <c r="M28" s="29"/>
+      <c r="N28" s="29"/>
+      <c r="O28" s="29"/>
       <c r="P28" s="16"/>
       <c r="Q28" s="16"/>
       <c r="R28" s="16"/>
       <c r="S28" s="16"/>
       <c r="T28" s="16"/>
     </row>
     <row r="29" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B29" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C29" s="61"/>
       <c r="D29" s="21"/>
       <c r="E29" s="17">
         <f>SUM(C29*D29/12)</f>
         <v>0</v>
       </c>
-      <c r="F29" s="51"/>
-[...8 lines deleted...]
-      <c r="O29" s="66"/>
+      <c r="F29" s="102"/>
+      <c r="G29" s="29"/>
+      <c r="H29" s="29"/>
+      <c r="I29" s="29"/>
+      <c r="J29" s="29"/>
+      <c r="K29" s="29"/>
+      <c r="L29" s="29"/>
+      <c r="M29" s="29"/>
+      <c r="N29" s="29"/>
+      <c r="O29" s="29"/>
     </row>
     <row r="30" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B30" s="14" t="s">
         <v>135</v>
       </c>
       <c r="C30" s="61"/>
       <c r="D30" s="21"/>
       <c r="E30" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F30" s="51"/>
-[...8 lines deleted...]
-      <c r="O30" s="66"/>
+      <c r="F30" s="102"/>
+      <c r="G30" s="100"/>
+      <c r="H30" s="101"/>
+      <c r="I30" s="29"/>
+      <c r="J30" s="29"/>
+      <c r="K30" s="29"/>
+      <c r="L30" s="29"/>
+      <c r="M30" s="29"/>
+      <c r="N30" s="29"/>
+      <c r="O30" s="29"/>
       <c r="P30" s="16"/>
       <c r="Q30" s="16"/>
       <c r="R30" s="16"/>
       <c r="S30" s="16"/>
       <c r="T30" s="16"/>
     </row>
     <row r="31" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B31" s="14" t="s">
         <v>127</v>
       </c>
       <c r="C31" s="61"/>
       <c r="D31" s="21"/>
       <c r="E31" s="17">
         <f>SUM(C31*D31/12)</f>
         <v>0</v>
       </c>
-      <c r="F31" s="51"/>
-[...8 lines deleted...]
-      <c r="O31" s="66"/>
+      <c r="F31" s="102"/>
+      <c r="G31" s="29"/>
+      <c r="H31" s="29"/>
+      <c r="I31" s="29"/>
+      <c r="J31" s="29"/>
+      <c r="K31" s="29"/>
+      <c r="L31" s="29"/>
+      <c r="M31" s="29"/>
+      <c r="N31" s="29"/>
+      <c r="O31" s="29"/>
     </row>
     <row r="32" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B32" s="14" t="s">
         <v>152</v>
       </c>
       <c r="C32" s="17">
-        <v>1328.64</v>
+        <v>1330.37</v>
       </c>
       <c r="D32" s="21"/>
       <c r="E32" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F32" s="29"/>
-      <c r="G32" s="68"/>
-[...7 lines deleted...]
-      <c r="O32" s="66"/>
+      <c r="G32" s="100"/>
+      <c r="H32" s="101"/>
+      <c r="I32" s="29"/>
+      <c r="J32" s="29"/>
+      <c r="K32" s="29"/>
+      <c r="L32" s="29"/>
+      <c r="M32" s="29"/>
+      <c r="N32" s="29"/>
+      <c r="O32" s="29"/>
       <c r="P32" s="16"/>
       <c r="Q32" s="16"/>
       <c r="R32" s="16"/>
       <c r="S32" s="16"/>
       <c r="T32" s="16"/>
     </row>
     <row r="33" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B33" s="14" t="s">
         <v>153</v>
       </c>
       <c r="C33" s="21"/>
       <c r="D33" s="60"/>
       <c r="E33" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F33" s="29"/>
-      <c r="G33" s="68"/>
-[...7 lines deleted...]
-      <c r="O33" s="66"/>
+      <c r="G33" s="100"/>
+      <c r="H33" s="101"/>
+      <c r="I33" s="29"/>
+      <c r="J33" s="29"/>
+      <c r="K33" s="29"/>
+      <c r="L33" s="29"/>
+      <c r="M33" s="29"/>
+      <c r="N33" s="29"/>
+      <c r="O33" s="29"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
       <c r="S33" s="16"/>
       <c r="T33" s="16"/>
     </row>
     <row r="34" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B34" s="14" t="s">
         <v>142</v>
       </c>
       <c r="C34" s="21"/>
       <c r="D34" s="60"/>
       <c r="E34" s="17">
         <f>SUM(C34*D34/12)</f>
         <v>0</v>
       </c>
       <c r="F34" s="52"/>
-      <c r="G34" s="66"/>
-[...7 lines deleted...]
-      <c r="O34" s="66"/>
+      <c r="G34" s="29"/>
+      <c r="H34" s="29"/>
+      <c r="I34" s="29"/>
+      <c r="J34" s="29"/>
+      <c r="K34" s="29"/>
+      <c r="L34" s="29"/>
+      <c r="M34" s="29"/>
+      <c r="N34" s="29"/>
+      <c r="O34" s="29"/>
     </row>
     <row r="35" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B35" s="14" t="s">
         <v>128</v>
       </c>
       <c r="C35" s="17">
         <v>44</v>
       </c>
       <c r="D35" s="21"/>
       <c r="E35" s="17">
         <f>SUM(C35*D35/12)</f>
         <v>0</v>
       </c>
       <c r="F35" s="29"/>
-      <c r="G35" s="66"/>
-[...7 lines deleted...]
-      <c r="O35" s="66"/>
+      <c r="G35" s="29"/>
+      <c r="H35" s="29"/>
+      <c r="I35" s="29"/>
+      <c r="J35" s="29"/>
+      <c r="K35" s="29"/>
+      <c r="L35" s="29"/>
+      <c r="M35" s="29"/>
+      <c r="N35" s="29"/>
+      <c r="O35" s="29"/>
     </row>
     <row r="36" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B36" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C36" s="17">
         <v>7.9</v>
       </c>
       <c r="D36" s="21"/>
       <c r="E36" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F36" s="29"/>
-      <c r="G36" s="68"/>
-[...7 lines deleted...]
-      <c r="O36" s="66"/>
+      <c r="G36" s="100"/>
+      <c r="H36" s="101"/>
+      <c r="I36" s="29"/>
+      <c r="J36" s="29"/>
+      <c r="K36" s="29"/>
+      <c r="L36" s="29"/>
+      <c r="M36" s="29"/>
+      <c r="N36" s="29"/>
+      <c r="O36" s="29"/>
       <c r="P36" s="16"/>
       <c r="Q36" s="16"/>
       <c r="R36" s="16"/>
       <c r="S36" s="16"/>
       <c r="T36" s="16"/>
     </row>
     <row r="37" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B37" s="14" t="s">
         <v>33</v>
       </c>
       <c r="C37" s="61"/>
       <c r="D37" s="21"/>
       <c r="E37" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F37" s="29"/>
-      <c r="G37" s="68"/>
-[...7 lines deleted...]
-      <c r="O37" s="66"/>
+      <c r="G37" s="100"/>
+      <c r="H37" s="101"/>
+      <c r="I37" s="29"/>
+      <c r="J37" s="29"/>
+      <c r="K37" s="29"/>
+      <c r="L37" s="29"/>
+      <c r="M37" s="29"/>
+      <c r="N37" s="29"/>
+      <c r="O37" s="29"/>
       <c r="P37" s="16"/>
       <c r="Q37" s="16"/>
       <c r="R37" s="16"/>
       <c r="S37" s="16"/>
       <c r="T37" s="16"/>
     </row>
     <row r="38" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B38" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C38" s="21"/>
       <c r="D38" s="60"/>
       <c r="E38" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F38" s="29"/>
-      <c r="G38" s="68"/>
-[...7 lines deleted...]
-      <c r="O38" s="66"/>
+      <c r="G38" s="100"/>
+      <c r="H38" s="101"/>
+      <c r="I38" s="29"/>
+      <c r="J38" s="29"/>
+      <c r="K38" s="29"/>
+      <c r="L38" s="29"/>
+      <c r="M38" s="29"/>
+      <c r="N38" s="29"/>
+      <c r="O38" s="29"/>
       <c r="P38" s="16"/>
       <c r="Q38" s="16"/>
       <c r="R38" s="16"/>
       <c r="S38" s="16"/>
       <c r="T38" s="16"/>
     </row>
     <row r="39" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B39" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C39" s="21"/>
       <c r="D39" s="60"/>
       <c r="E39" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F39" s="29"/>
-      <c r="G39" s="68"/>
-[...7 lines deleted...]
-      <c r="O39" s="66"/>
+      <c r="G39" s="100"/>
+      <c r="H39" s="101"/>
+      <c r="I39" s="29"/>
+      <c r="J39" s="29"/>
+      <c r="K39" s="29"/>
+      <c r="L39" s="29"/>
+      <c r="M39" s="29"/>
+      <c r="N39" s="29"/>
+      <c r="O39" s="29"/>
       <c r="P39" s="16"/>
       <c r="Q39" s="16"/>
       <c r="R39" s="16"/>
       <c r="S39" s="16"/>
       <c r="T39" s="16"/>
     </row>
     <row r="40" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B40" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C40" s="62"/>
       <c r="D40" s="21"/>
       <c r="E40" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F40" s="29"/>
-      <c r="G40" s="68"/>
-[...7 lines deleted...]
-      <c r="O40" s="66"/>
+      <c r="G40" s="100"/>
+      <c r="H40" s="101"/>
+      <c r="I40" s="29"/>
+      <c r="J40" s="29"/>
+      <c r="K40" s="29"/>
+      <c r="L40" s="29"/>
+      <c r="M40" s="29"/>
+      <c r="N40" s="29"/>
+      <c r="O40" s="29"/>
       <c r="P40" s="16"/>
       <c r="Q40" s="16"/>
       <c r="R40" s="16"/>
       <c r="S40" s="16"/>
       <c r="T40" s="16"/>
     </row>
     <row r="41" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B41" s="14" t="s">
         <v>35</v>
       </c>
       <c r="C41" s="21"/>
       <c r="D41" s="21"/>
       <c r="E41" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F41" s="29"/>
-      <c r="G41" s="68"/>
-[...7 lines deleted...]
-      <c r="O41" s="66"/>
+      <c r="G41" s="100"/>
+      <c r="H41" s="101"/>
+      <c r="I41" s="29"/>
+      <c r="J41" s="29"/>
+      <c r="K41" s="29"/>
+      <c r="L41" s="29"/>
+      <c r="M41" s="29"/>
+      <c r="N41" s="29"/>
+      <c r="O41" s="29"/>
       <c r="P41" s="16"/>
       <c r="Q41" s="16"/>
       <c r="R41" s="16"/>
       <c r="S41" s="16"/>
       <c r="T41" s="16"/>
     </row>
     <row r="42" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B42" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C42" s="21"/>
       <c r="D42" s="21"/>
       <c r="E42" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F42" s="29"/>
-      <c r="G42" s="68"/>
-[...7 lines deleted...]
-      <c r="O42" s="66"/>
+      <c r="G42" s="100"/>
+      <c r="H42" s="101"/>
+      <c r="I42" s="29"/>
+      <c r="J42" s="29"/>
+      <c r="K42" s="29"/>
+      <c r="L42" s="29"/>
+      <c r="M42" s="29"/>
+      <c r="N42" s="29"/>
+      <c r="O42" s="29"/>
       <c r="P42" s="16"/>
       <c r="Q42" s="16"/>
       <c r="R42" s="16"/>
       <c r="S42" s="16"/>
       <c r="T42" s="16"/>
     </row>
     <row r="43" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B43" s="14" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="21"/>
       <c r="D43" s="21"/>
       <c r="E43" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F43" s="29"/>
-      <c r="I43" s="66"/>
-[...5 lines deleted...]
-      <c r="O43" s="66"/>
+      <c r="G43" s="29"/>
+      <c r="H43" s="29"/>
+      <c r="I43" s="29"/>
+      <c r="J43" s="29"/>
+      <c r="K43" s="29"/>
+      <c r="L43" s="29"/>
+      <c r="M43" s="29"/>
+      <c r="N43" s="29"/>
+      <c r="O43" s="29"/>
       <c r="P43" s="16"/>
       <c r="Q43" s="16"/>
       <c r="R43" s="16"/>
       <c r="S43" s="16"/>
       <c r="T43" s="16"/>
     </row>
     <row r="44" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B44" s="14" t="s">
         <v>38</v>
       </c>
       <c r="C44" s="21"/>
       <c r="D44" s="21"/>
       <c r="E44" s="17">
-        <f t="shared" si="0"/>
+        <f>SUM(C44*D44/12)</f>
         <v>0</v>
       </c>
       <c r="F44" s="29"/>
-      <c r="I44" s="66"/>
-[...5 lines deleted...]
-      <c r="O44" s="66"/>
+      <c r="G44" s="29"/>
+      <c r="H44" s="29"/>
+      <c r="I44" s="29"/>
+      <c r="J44" s="29"/>
+      <c r="K44" s="29"/>
+      <c r="L44" s="29"/>
+      <c r="M44" s="29"/>
+      <c r="N44" s="29"/>
+      <c r="O44" s="29"/>
       <c r="P44" s="16"/>
       <c r="Q44" s="16"/>
       <c r="R44" s="16"/>
       <c r="S44" s="16"/>
       <c r="T44" s="16"/>
     </row>
     <row r="45" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B45" s="14" t="s">
         <v>39</v>
       </c>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="17">
-        <f t="shared" si="0"/>
+        <f>SUM(C45*D45/12)</f>
         <v>0</v>
       </c>
       <c r="F45" s="29"/>
-      <c r="I45" s="66"/>
-[...5 lines deleted...]
-      <c r="O45" s="66"/>
+      <c r="G45" s="29"/>
+      <c r="H45" s="29"/>
+      <c r="I45" s="29"/>
+      <c r="J45" s="29"/>
+      <c r="K45" s="29"/>
+      <c r="L45" s="29"/>
+      <c r="M45" s="29"/>
+      <c r="N45" s="29"/>
+      <c r="O45" s="29"/>
       <c r="P45" s="16"/>
       <c r="Q45" s="16"/>
       <c r="R45" s="16"/>
       <c r="S45" s="16"/>
       <c r="T45" s="16"/>
     </row>
     <row r="46" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B46" s="53" t="s">
         <v>146</v>
       </c>
       <c r="C46" s="17">
         <v>20.82</v>
       </c>
       <c r="D46" s="21"/>
       <c r="E46" s="17">
         <f>SUM(C46*D46/12)</f>
         <v>0</v>
       </c>
       <c r="F46" s="29"/>
-      <c r="I46" s="66"/>
-[...5 lines deleted...]
-      <c r="O46" s="66"/>
+      <c r="G46" s="29"/>
+      <c r="H46" s="29"/>
+      <c r="I46" s="29"/>
+      <c r="J46" s="29"/>
+      <c r="K46" s="29"/>
+      <c r="L46" s="29"/>
+      <c r="M46" s="29"/>
+      <c r="N46" s="29"/>
+      <c r="O46" s="29"/>
       <c r="P46" s="16"/>
       <c r="Q46" s="16"/>
       <c r="R46" s="16"/>
       <c r="S46" s="16"/>
       <c r="T46" s="16"/>
     </row>
     <row r="47" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B47" s="53" t="s">
         <v>147</v>
       </c>
       <c r="C47" s="17">
         <v>20.82</v>
       </c>
       <c r="D47" s="21"/>
       <c r="E47" s="17">
         <f>SUM(C47*D47/12)</f>
         <v>0</v>
       </c>
       <c r="F47" s="29"/>
-      <c r="I47" s="66"/>
-[...5 lines deleted...]
-      <c r="O47" s="66"/>
+      <c r="G47" s="29"/>
+      <c r="H47" s="29"/>
+      <c r="I47" s="29"/>
+      <c r="J47" s="29"/>
+      <c r="K47" s="29"/>
+      <c r="L47" s="29"/>
+      <c r="M47" s="29"/>
+      <c r="N47" s="29"/>
+      <c r="O47" s="29"/>
       <c r="P47" s="16"/>
       <c r="Q47" s="16"/>
       <c r="R47" s="16"/>
       <c r="S47" s="16"/>
       <c r="T47" s="16"/>
     </row>
     <row r="48" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B48" s="53" t="s">
         <v>148</v>
       </c>
       <c r="C48" s="17">
         <v>20.82</v>
       </c>
       <c r="D48" s="21"/>
       <c r="E48" s="17">
         <f>SUM(C48*D48/12)</f>
         <v>0</v>
       </c>
       <c r="F48" s="29"/>
-      <c r="I48" s="66"/>
-[...5 lines deleted...]
-      <c r="O48" s="66"/>
+      <c r="G48" s="29"/>
+      <c r="H48" s="29"/>
+      <c r="I48" s="29"/>
+      <c r="J48" s="29"/>
+      <c r="K48" s="29"/>
+      <c r="L48" s="29"/>
+      <c r="M48" s="29"/>
+      <c r="N48" s="29"/>
+      <c r="O48" s="29"/>
       <c r="P48" s="16"/>
       <c r="Q48" s="16"/>
       <c r="R48" s="16"/>
       <c r="S48" s="16"/>
       <c r="T48" s="16"/>
     </row>
     <row r="49" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B49" s="53" t="s">
         <v>145</v>
       </c>
       <c r="C49" s="17">
         <v>20.82</v>
       </c>
       <c r="D49" s="21"/>
       <c r="E49" s="17">
         <f>SUM(C49*D49/12)</f>
         <v>0</v>
       </c>
       <c r="F49" s="29"/>
-      <c r="I49" s="66"/>
-[...5 lines deleted...]
-      <c r="O49" s="66"/>
+      <c r="G49" s="29"/>
+      <c r="H49" s="29"/>
+      <c r="I49" s="29"/>
+      <c r="J49" s="29"/>
+      <c r="K49" s="29"/>
+      <c r="L49" s="29"/>
+      <c r="M49" s="29"/>
+      <c r="N49" s="29"/>
+      <c r="O49" s="29"/>
       <c r="P49" s="16"/>
       <c r="Q49" s="16"/>
       <c r="R49" s="16"/>
       <c r="S49" s="16"/>
       <c r="T49" s="16"/>
     </row>
     <row r="50" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B50" s="14" t="s">
         <v>40</v>
       </c>
       <c r="C50" s="21"/>
       <c r="D50" s="21"/>
       <c r="E50" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F50" s="29"/>
-      <c r="G50" s="66"/>
-[...7 lines deleted...]
-      <c r="O50" s="66"/>
+      <c r="G50" s="29"/>
+      <c r="H50" s="29"/>
+      <c r="I50" s="29"/>
+      <c r="J50" s="29"/>
+      <c r="K50" s="29"/>
+      <c r="L50" s="29"/>
+      <c r="M50" s="29"/>
+      <c r="N50" s="29"/>
+      <c r="O50" s="29"/>
       <c r="P50" s="16"/>
       <c r="Q50" s="16"/>
       <c r="R50" s="16"/>
       <c r="S50" s="16"/>
       <c r="T50" s="16"/>
     </row>
     <row r="51" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B51" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C51" s="21"/>
       <c r="D51" s="21"/>
       <c r="E51" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F51" s="29"/>
-      <c r="G51" s="66"/>
-[...7 lines deleted...]
-      <c r="O51" s="66"/>
+      <c r="G51" s="29"/>
+      <c r="H51" s="29"/>
+      <c r="I51" s="29"/>
+      <c r="J51" s="29"/>
+      <c r="K51" s="29"/>
+      <c r="L51" s="29"/>
+      <c r="M51" s="29"/>
+      <c r="N51" s="29"/>
+      <c r="O51" s="29"/>
       <c r="P51" s="16"/>
       <c r="Q51" s="16"/>
       <c r="R51" s="16"/>
       <c r="S51" s="16"/>
       <c r="T51" s="16"/>
     </row>
     <row r="52" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B52" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C52" s="17">
-        <v>9.31</v>
+        <v>9.9</v>
       </c>
       <c r="D52" s="21"/>
       <c r="E52" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F52" s="29"/>
-      <c r="G52" s="66"/>
-[...7 lines deleted...]
-      <c r="O52" s="66"/>
+      <c r="G52" s="29"/>
+      <c r="H52" s="29"/>
+      <c r="I52" s="29"/>
+      <c r="J52" s="29"/>
+      <c r="K52" s="29"/>
+      <c r="L52" s="29"/>
+      <c r="M52" s="29"/>
+      <c r="N52" s="29"/>
+      <c r="O52" s="29"/>
       <c r="P52" s="16"/>
       <c r="Q52" s="16"/>
       <c r="R52" s="16"/>
       <c r="S52" s="16"/>
       <c r="T52" s="16"/>
     </row>
     <row r="53" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B53" s="14" t="s">
         <v>43</v>
       </c>
       <c r="C53" s="17">
         <v>10.87</v>
       </c>
       <c r="D53" s="21"/>
       <c r="E53" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F53" s="29"/>
       <c r="G53" s="29"/>
       <c r="H53" s="29"/>
       <c r="I53" s="29"/>
       <c r="J53" s="29"/>
       <c r="K53" s="29"/>
       <c r="L53" s="29"/>
-      <c r="M53" s="16"/>
-[...1 lines deleted...]
-      <c r="O53" s="16"/>
+      <c r="M53" s="29"/>
+      <c r="N53" s="29"/>
+      <c r="O53" s="29"/>
       <c r="P53" s="16"/>
       <c r="Q53" s="16"/>
       <c r="R53" s="16"/>
       <c r="S53" s="16"/>
       <c r="T53" s="16"/>
     </row>
     <row r="54" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B54" s="14" t="s">
         <v>44</v>
       </c>
       <c r="C54" s="17">
         <v>7.9</v>
       </c>
       <c r="D54" s="21"/>
       <c r="E54" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F54" s="29"/>
       <c r="G54" s="29"/>
       <c r="H54" s="29"/>
       <c r="I54" s="29"/>
       <c r="J54" s="29"/>
       <c r="K54" s="29"/>
       <c r="L54" s="29"/>
-      <c r="M54" s="16"/>
-[...1 lines deleted...]
-      <c r="O54" s="16"/>
+      <c r="M54" s="29"/>
+      <c r="N54" s="29"/>
+      <c r="O54" s="29"/>
       <c r="P54" s="16"/>
       <c r="Q54" s="16"/>
       <c r="R54" s="16"/>
       <c r="S54" s="16"/>
       <c r="T54" s="16"/>
     </row>
     <row r="55" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B55" s="14" t="s">
         <v>45</v>
       </c>
       <c r="C55" s="17">
         <v>7.9</v>
       </c>
       <c r="D55" s="21"/>
       <c r="E55" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F55" s="29"/>
       <c r="G55" s="29"/>
       <c r="H55" s="29"/>
       <c r="I55" s="29"/>
       <c r="J55" s="29"/>
       <c r="K55" s="29"/>
       <c r="L55" s="29"/>
-      <c r="M55" s="16"/>
-[...1 lines deleted...]
-      <c r="O55" s="16"/>
+      <c r="M55" s="29"/>
+      <c r="N55" s="29"/>
+      <c r="O55" s="29"/>
       <c r="P55" s="16"/>
       <c r="Q55" s="16"/>
       <c r="R55" s="16"/>
       <c r="S55" s="16"/>
       <c r="T55" s="16"/>
     </row>
     <row r="56" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B56" s="14" t="s">
         <v>46</v>
       </c>
       <c r="C56" s="17">
         <v>7.9</v>
       </c>
       <c r="D56" s="21"/>
       <c r="E56" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F56" s="29"/>
       <c r="G56" s="29"/>
       <c r="H56" s="29"/>
       <c r="I56" s="29"/>
       <c r="J56" s="29"/>
       <c r="K56" s="29"/>
       <c r="L56" s="29"/>
-      <c r="M56" s="16"/>
-[...1 lines deleted...]
-      <c r="O56" s="16"/>
+      <c r="M56" s="29"/>
+      <c r="N56" s="29"/>
+      <c r="O56" s="29"/>
       <c r="P56" s="16"/>
       <c r="Q56" s="16"/>
       <c r="R56" s="16"/>
       <c r="S56" s="16"/>
       <c r="T56" s="16"/>
     </row>
     <row r="57" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B57" s="14" t="s">
         <v>47</v>
       </c>
       <c r="C57" s="17">
         <v>7.9</v>
       </c>
       <c r="D57" s="21"/>
       <c r="E57" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F57" s="29"/>
       <c r="G57" s="29"/>
       <c r="H57" s="29"/>
       <c r="I57" s="29"/>
       <c r="J57" s="29"/>
       <c r="K57" s="29"/>
       <c r="L57" s="29"/>
-      <c r="M57" s="16"/>
-[...1 lines deleted...]
-      <c r="O57" s="16"/>
+      <c r="M57" s="29"/>
+      <c r="N57" s="29"/>
+      <c r="O57" s="29"/>
       <c r="P57" s="16"/>
       <c r="Q57" s="16"/>
       <c r="R57" s="16"/>
       <c r="S57" s="16"/>
       <c r="T57" s="16"/>
     </row>
     <row r="58" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B58" s="14" t="s">
         <v>48</v>
       </c>
       <c r="C58" s="17">
         <v>9.16</v>
       </c>
       <c r="D58" s="21"/>
       <c r="E58" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F58" s="29"/>
       <c r="G58" s="29"/>
       <c r="H58" s="29"/>
       <c r="I58" s="29"/>
       <c r="J58" s="29"/>
       <c r="K58" s="29"/>
       <c r="L58" s="29"/>
-      <c r="M58" s="16"/>
-[...1 lines deleted...]
-      <c r="O58" s="16"/>
+      <c r="M58" s="29"/>
+      <c r="N58" s="29"/>
+      <c r="O58" s="29"/>
       <c r="P58" s="16"/>
       <c r="Q58" s="16"/>
       <c r="R58" s="16"/>
       <c r="S58" s="16"/>
       <c r="T58" s="16"/>
     </row>
     <row r="59" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B59" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C59" s="17">
         <v>9.16</v>
       </c>
       <c r="D59" s="21"/>
       <c r="E59" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F59" s="29"/>
       <c r="G59" s="29"/>
       <c r="H59" s="29"/>
       <c r="I59" s="29"/>
       <c r="J59" s="29"/>
       <c r="K59" s="29"/>
       <c r="L59" s="29"/>
+      <c r="M59" s="29"/>
+      <c r="N59" s="29"/>
+      <c r="O59" s="29"/>
     </row>
     <row r="60" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B60" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C60" s="23"/>
       <c r="D60" s="21"/>
       <c r="E60" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F60" s="29"/>
       <c r="G60" s="29"/>
       <c r="H60" s="29"/>
       <c r="I60" s="29"/>
       <c r="J60" s="29"/>
       <c r="K60" s="29"/>
       <c r="L60" s="29"/>
+      <c r="M60" s="29"/>
+      <c r="N60" s="29"/>
+      <c r="O60" s="29"/>
     </row>
     <row r="61" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B61" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C61" s="23"/>
       <c r="D61" s="21"/>
       <c r="E61" s="17">
         <f>SUM(C61*D61/12)</f>
         <v>0</v>
       </c>
       <c r="F61" s="29"/>
       <c r="G61" s="29"/>
       <c r="H61" s="29"/>
       <c r="I61" s="29"/>
       <c r="J61" s="29"/>
       <c r="K61" s="29"/>
       <c r="L61" s="29"/>
+      <c r="M61" s="29"/>
+      <c r="N61" s="29"/>
+      <c r="O61" s="29"/>
     </row>
     <row r="62" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B62" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C62" s="23"/>
       <c r="D62" s="21"/>
       <c r="E62" s="17">
         <f t="shared" ref="E62:E79" si="1">SUM(C62*D62/12)</f>
         <v>0</v>
       </c>
       <c r="F62" s="29"/>
       <c r="G62" s="29"/>
       <c r="H62" s="29"/>
       <c r="I62" s="29"/>
       <c r="J62" s="29"/>
       <c r="K62" s="29"/>
       <c r="L62" s="29"/>
+      <c r="M62" s="29"/>
+      <c r="N62" s="29"/>
+      <c r="O62" s="29"/>
     </row>
     <row r="63" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B63" s="14" t="s">
         <v>53</v>
       </c>
       <c r="C63" s="19">
         <v>6.21</v>
       </c>
       <c r="D63" s="21"/>
       <c r="E63" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F63" s="29"/>
       <c r="G63" s="29"/>
       <c r="H63" s="29"/>
       <c r="I63" s="29"/>
       <c r="J63" s="29"/>
       <c r="K63" s="29"/>
       <c r="L63" s="29"/>
+      <c r="M63" s="29"/>
+      <c r="N63" s="29"/>
+      <c r="O63" s="29"/>
     </row>
     <row r="64" spans="2:20" x14ac:dyDescent="0.3">
       <c r="B64" s="14" t="s">
         <v>54</v>
       </c>
       <c r="C64" s="17">
         <v>6.67</v>
       </c>
       <c r="D64" s="21"/>
       <c r="E64" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F64" s="29"/>
       <c r="G64" s="29"/>
       <c r="H64" s="29"/>
       <c r="I64" s="29"/>
       <c r="J64" s="29"/>
       <c r="K64" s="29"/>
       <c r="L64" s="29"/>
-    </row>
-    <row r="65" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M64" s="29"/>
+      <c r="N64" s="29"/>
+      <c r="O64" s="29"/>
+    </row>
+    <row r="65" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B65" s="14" t="s">
         <v>55</v>
       </c>
       <c r="C65" s="17">
         <v>9.64</v>
       </c>
       <c r="D65" s="21"/>
       <c r="E65" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F65" s="29"/>
       <c r="G65" s="29"/>
       <c r="H65" s="29"/>
       <c r="I65" s="29"/>
       <c r="J65" s="29"/>
       <c r="K65" s="29"/>
       <c r="L65" s="29"/>
-    </row>
-    <row r="66" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M65" s="29"/>
+      <c r="N65" s="29"/>
+      <c r="O65" s="29"/>
+    </row>
+    <row r="66" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B66" s="14" t="s">
         <v>56</v>
       </c>
       <c r="C66" s="17">
         <v>173.52</v>
       </c>
       <c r="D66" s="21"/>
       <c r="E66" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F66" s="29"/>
       <c r="G66" s="29"/>
       <c r="H66" s="29"/>
       <c r="I66" s="29"/>
       <c r="J66" s="29"/>
       <c r="K66" s="29"/>
       <c r="L66" s="29"/>
-    </row>
-    <row r="67" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M66" s="29"/>
+      <c r="N66" s="29"/>
+      <c r="O66" s="29"/>
+    </row>
+    <row r="67" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B67" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C67" s="17">
         <v>9.64</v>
       </c>
       <c r="D67" s="21"/>
       <c r="E67" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F67" s="29"/>
       <c r="G67" s="29"/>
       <c r="H67" s="29"/>
       <c r="I67" s="29"/>
       <c r="J67" s="29"/>
       <c r="K67" s="29"/>
       <c r="L67" s="29"/>
-    </row>
-    <row r="68" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M67" s="29"/>
+      <c r="N67" s="29"/>
+      <c r="O67" s="29"/>
+    </row>
+    <row r="68" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B68" s="14" t="s">
         <v>58</v>
       </c>
       <c r="C68" s="17">
         <v>9.64</v>
       </c>
       <c r="D68" s="21"/>
       <c r="E68" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F68" s="29"/>
       <c r="G68" s="29"/>
       <c r="H68" s="29"/>
       <c r="I68" s="29"/>
       <c r="J68" s="29"/>
       <c r="K68" s="29"/>
       <c r="L68" s="29"/>
-    </row>
-    <row r="69" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M68" s="29"/>
+      <c r="N68" s="29"/>
+      <c r="O68" s="29"/>
+    </row>
+    <row r="69" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B69" s="14" t="s">
         <v>59</v>
       </c>
       <c r="C69" s="17">
         <v>173.52</v>
       </c>
       <c r="D69" s="21"/>
       <c r="E69" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F69" s="29"/>
       <c r="G69" s="29"/>
       <c r="H69" s="29"/>
       <c r="I69" s="29"/>
       <c r="J69" s="29"/>
       <c r="K69" s="29"/>
       <c r="L69" s="29"/>
-    </row>
-    <row r="70" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M69" s="29"/>
+      <c r="N69" s="29"/>
+      <c r="O69" s="29"/>
+    </row>
+    <row r="70" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B70" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C70" s="21"/>
       <c r="D70" s="21"/>
       <c r="E70" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F70" s="29"/>
       <c r="G70" s="29"/>
       <c r="H70" s="29"/>
       <c r="I70" s="29"/>
       <c r="J70" s="29"/>
       <c r="K70" s="29"/>
       <c r="L70" s="29"/>
-    </row>
-    <row r="71" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M70" s="29"/>
+      <c r="N70" s="29"/>
+      <c r="O70" s="29"/>
+    </row>
+    <row r="71" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B71" s="14" t="s">
         <v>61</v>
       </c>
       <c r="C71" s="17">
         <v>147.85</v>
       </c>
       <c r="D71" s="21"/>
       <c r="E71" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F71" s="29"/>
       <c r="G71" s="29"/>
       <c r="H71" s="29"/>
       <c r="I71" s="29"/>
       <c r="J71" s="29"/>
       <c r="K71" s="29"/>
       <c r="L71" s="29"/>
-    </row>
-    <row r="72" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M71" s="29"/>
+      <c r="N71" s="29"/>
+      <c r="O71" s="29"/>
+    </row>
+    <row r="72" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B72" s="14" t="s">
         <v>62</v>
       </c>
       <c r="C72" s="21"/>
       <c r="D72" s="21"/>
       <c r="E72" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F72" s="29"/>
       <c r="G72" s="29"/>
       <c r="H72" s="29"/>
       <c r="I72" s="29"/>
       <c r="J72" s="29"/>
       <c r="K72" s="29"/>
       <c r="L72" s="29"/>
-    </row>
-    <row r="73" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M72" s="29"/>
+      <c r="N72" s="29"/>
+      <c r="O72" s="29"/>
+    </row>
+    <row r="73" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B73" s="14" t="s">
         <v>63</v>
       </c>
       <c r="C73" s="21"/>
       <c r="D73" s="21"/>
       <c r="E73" s="17">
         <f>SUM(C73*D73/12)</f>
         <v>0</v>
       </c>
       <c r="F73" s="29"/>
       <c r="G73" s="29"/>
       <c r="H73" s="29"/>
       <c r="I73" s="29"/>
       <c r="J73" s="29"/>
       <c r="K73" s="29"/>
       <c r="L73" s="29"/>
-    </row>
-    <row r="74" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M73" s="29"/>
+      <c r="N73" s="29"/>
+      <c r="O73" s="29"/>
+    </row>
+    <row r="74" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B74" s="14" t="s">
         <v>64</v>
       </c>
       <c r="C74" s="21"/>
       <c r="D74" s="21"/>
       <c r="E74" s="17">
         <f>SUM(C74*D74/12)</f>
         <v>0</v>
       </c>
       <c r="F74" s="29"/>
       <c r="G74" s="29"/>
       <c r="H74" s="29"/>
       <c r="I74" s="29"/>
       <c r="J74" s="29"/>
       <c r="K74" s="29"/>
       <c r="L74" s="29"/>
-    </row>
-    <row r="75" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M74" s="29"/>
+      <c r="N74" s="29"/>
+      <c r="O74" s="29"/>
+    </row>
+    <row r="75" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B75" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C75" s="17">
         <v>20.21</v>
       </c>
       <c r="D75" s="21"/>
       <c r="E75" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F75" s="29"/>
       <c r="G75" s="29"/>
       <c r="H75" s="29"/>
       <c r="I75" s="29"/>
       <c r="J75" s="29"/>
       <c r="K75" s="29"/>
       <c r="L75" s="29"/>
-    </row>
-    <row r="76" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M75" s="29"/>
+      <c r="N75" s="29"/>
+      <c r="O75" s="29"/>
+    </row>
+    <row r="76" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B76" s="14" t="s">
         <v>66</v>
       </c>
       <c r="C76" s="17">
         <v>1.54</v>
       </c>
       <c r="D76" s="21"/>
       <c r="E76" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F76" s="29"/>
       <c r="G76" s="29"/>
       <c r="H76" s="29"/>
       <c r="I76" s="29"/>
       <c r="J76" s="29"/>
       <c r="K76" s="29"/>
       <c r="L76" s="29"/>
-    </row>
-    <row r="77" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M76" s="29"/>
+      <c r="N76" s="29"/>
+      <c r="O76" s="29"/>
+    </row>
+    <row r="77" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B77" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C77" s="17">
         <v>0.63</v>
       </c>
       <c r="D77" s="21"/>
       <c r="E77" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F77" s="29"/>
       <c r="G77" s="29"/>
       <c r="H77" s="29"/>
       <c r="I77" s="29"/>
       <c r="J77" s="29"/>
       <c r="K77" s="29"/>
       <c r="L77" s="29"/>
-    </row>
-    <row r="78" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M77" s="29"/>
+      <c r="N77" s="29"/>
+      <c r="O77" s="29"/>
+    </row>
+    <row r="78" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B78" s="14" t="s">
         <v>140</v>
       </c>
       <c r="C78" s="21"/>
       <c r="D78" s="21"/>
       <c r="E78" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F78" s="29"/>
       <c r="G78" s="29"/>
       <c r="H78" s="29"/>
       <c r="I78" s="29"/>
       <c r="J78" s="29"/>
       <c r="K78" s="29"/>
       <c r="L78" s="29"/>
-    </row>
-    <row r="79" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M78" s="29"/>
+      <c r="N78" s="29"/>
+      <c r="O78" s="29"/>
+    </row>
+    <row r="79" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B79" s="14" t="s">
         <v>140</v>
       </c>
       <c r="C79" s="21"/>
       <c r="D79" s="21"/>
       <c r="E79" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F79" s="29"/>
       <c r="G79" s="29"/>
       <c r="H79" s="29"/>
       <c r="I79" s="29"/>
       <c r="J79" s="29"/>
       <c r="K79" s="29"/>
       <c r="L79" s="29"/>
-    </row>
-    <row r="80" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M79" s="29"/>
+      <c r="N79" s="29"/>
+      <c r="O79" s="29"/>
+    </row>
+    <row r="80" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B80" s="14" t="s">
         <v>140</v>
       </c>
       <c r="C80" s="21"/>
       <c r="D80" s="21"/>
       <c r="E80" s="17">
         <f>SUM(C80*D80/12)</f>
         <v>0</v>
       </c>
       <c r="F80" s="29"/>
       <c r="G80" s="29"/>
       <c r="H80" s="29"/>
       <c r="I80" s="29"/>
       <c r="J80" s="29"/>
       <c r="K80" s="29"/>
       <c r="L80" s="29"/>
-    </row>
-    <row r="81" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M80" s="29"/>
+      <c r="N80" s="29"/>
+      <c r="O80" s="29"/>
+    </row>
+    <row r="81" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B81" s="14" t="s">
         <v>140</v>
       </c>
       <c r="C81" s="21"/>
       <c r="D81" s="21"/>
       <c r="E81" s="17">
         <f t="shared" ref="E81" si="2">SUM(C81*D81/12)</f>
         <v>0</v>
       </c>
       <c r="F81" s="29"/>
       <c r="G81" s="29"/>
       <c r="H81" s="29"/>
       <c r="I81" s="29"/>
       <c r="J81" s="29"/>
       <c r="K81" s="29"/>
       <c r="L81" s="29"/>
-    </row>
-    <row r="82" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M81" s="29"/>
+      <c r="N81" s="29"/>
+      <c r="O81" s="29"/>
+    </row>
+    <row r="82" spans="2:15" x14ac:dyDescent="0.3">
       <c r="E82" s="17"/>
       <c r="F82" s="29"/>
       <c r="G82" s="29"/>
       <c r="H82" s="29"/>
       <c r="I82" s="29"/>
       <c r="J82" s="29"/>
       <c r="K82" s="29"/>
       <c r="L82" s="29"/>
-    </row>
-    <row r="83" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M82" s="29"/>
+      <c r="N82" s="29"/>
+      <c r="O82" s="29"/>
+    </row>
+    <row r="83" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B83" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="17"/>
       <c r="F83" s="29"/>
       <c r="G83" s="29"/>
       <c r="H83" s="29"/>
       <c r="I83" s="29"/>
       <c r="J83" s="29"/>
       <c r="K83" s="29"/>
       <c r="L83" s="29"/>
-    </row>
-    <row r="84" spans="2:12" x14ac:dyDescent="0.3">
+      <c r="M83" s="29"/>
+      <c r="N83" s="29"/>
+      <c r="O83" s="29"/>
+    </row>
+    <row r="84" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B84" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C84" s="17">
-        <v>6.21</v>
+        <v>6.22</v>
       </c>
       <c r="D84" s="21"/>
       <c r="E84" s="17">
         <f>SUM(C84*D84/12)</f>
         <v>0</v>
       </c>
       <c r="F84" s="29"/>
       <c r="G84" s="29"/>
       <c r="H84" s="29"/>
       <c r="I84" s="29"/>
       <c r="J84" s="29"/>
       <c r="K84" s="29"/>
       <c r="L84" s="29"/>
     </row>
-    <row r="85" spans="2:12" x14ac:dyDescent="0.3">
+    <row r="85" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B85" s="14" t="s">
         <v>121</v>
       </c>
       <c r="C85" s="17">
-        <v>6.21</v>
+        <v>6.22</v>
       </c>
       <c r="D85" s="21"/>
       <c r="E85" s="17">
         <f t="shared" ref="E85:E97" si="3">SUM(C85*D85/12)</f>
         <v>0</v>
       </c>
       <c r="F85" s="29"/>
       <c r="G85" s="29"/>
       <c r="H85" s="29"/>
       <c r="I85" s="29"/>
       <c r="J85" s="29"/>
       <c r="K85" s="29"/>
       <c r="L85" s="29"/>
     </row>
-    <row r="86" spans="2:12" x14ac:dyDescent="0.3">
+    <row r="86" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B86" s="14" t="s">
         <v>122</v>
       </c>
       <c r="C86" s="21"/>
       <c r="D86" s="21"/>
       <c r="E86" s="17">
         <f>SUM(C86*D86/12)</f>
         <v>0</v>
       </c>
       <c r="F86" s="29"/>
       <c r="G86" s="29"/>
       <c r="H86" s="29"/>
       <c r="I86" s="29"/>
       <c r="J86" s="29"/>
       <c r="K86" s="29"/>
       <c r="L86" s="29"/>
     </row>
-    <row r="87" spans="2:12" x14ac:dyDescent="0.3">
+    <row r="87" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B87" s="14" t="s">
         <v>115</v>
       </c>
       <c r="C87" s="17">
-        <v>6.67</v>
+        <v>6.99</v>
       </c>
       <c r="D87" s="21"/>
       <c r="E87" s="17">
         <f>SUM(C87*D87/12)</f>
         <v>0</v>
       </c>
       <c r="F87" s="29"/>
       <c r="G87" s="29"/>
       <c r="H87" s="29"/>
       <c r="I87" s="29"/>
       <c r="J87" s="29"/>
       <c r="K87" s="29"/>
       <c r="L87" s="29"/>
     </row>
-    <row r="88" spans="2:12" x14ac:dyDescent="0.3">
+    <row r="88" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B88" s="14" t="s">
         <v>123</v>
       </c>
       <c r="C88" s="21"/>
       <c r="D88" s="21"/>
       <c r="E88" s="17">
         <f>SUM(C88*D88/12)</f>
         <v>0</v>
       </c>
       <c r="F88" s="29"/>
       <c r="G88" s="29"/>
       <c r="H88" s="29"/>
       <c r="I88" s="29"/>
       <c r="J88" s="29"/>
       <c r="K88" s="29"/>
       <c r="L88" s="29"/>
     </row>
-    <row r="89" spans="2:12" x14ac:dyDescent="0.3">
+    <row r="89" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B89" s="14" t="s">
         <v>136</v>
       </c>
       <c r="C89" s="17">
-        <v>6.21</v>
+        <v>6.22</v>
       </c>
       <c r="D89" s="21"/>
       <c r="E89" s="17">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F89" s="29"/>
       <c r="G89" s="29"/>
       <c r="H89" s="29"/>
       <c r="I89" s="29"/>
       <c r="J89" s="29"/>
       <c r="K89" s="29"/>
       <c r="L89" s="29"/>
     </row>
-    <row r="90" spans="2:12" x14ac:dyDescent="0.3">
+    <row r="90" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B90" s="14" t="s">
         <v>138</v>
       </c>
       <c r="C90" s="21"/>
       <c r="D90" s="21"/>
       <c r="E90" s="17">
         <f>SUM(C90*D90/12)</f>
         <v>0</v>
       </c>
       <c r="F90" s="29"/>
       <c r="G90" s="29"/>
       <c r="H90" s="29"/>
       <c r="I90" s="29"/>
       <c r="J90" s="29"/>
       <c r="K90" s="29"/>
       <c r="L90" s="29"/>
     </row>
-    <row r="91" spans="2:12" x14ac:dyDescent="0.3">
+    <row r="91" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B91" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C91" s="17">
-        <v>78.13</v>
+        <v>80.62</v>
       </c>
       <c r="D91" s="21"/>
       <c r="E91" s="17">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F91" s="29"/>
       <c r="G91" s="29"/>
       <c r="H91" s="29"/>
       <c r="I91" s="29"/>
       <c r="J91" s="29"/>
       <c r="K91" s="29"/>
       <c r="L91" s="29"/>
     </row>
-    <row r="92" spans="2:12" x14ac:dyDescent="0.3">
+    <row r="92" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B92" s="14" t="s">
         <v>92</v>
       </c>
       <c r="C92" s="17">
-        <v>9.8699999999999992</v>
+        <v>10.18</v>
       </c>
       <c r="D92" s="21"/>
       <c r="E92" s="17">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F92" s="29"/>
       <c r="G92" s="29"/>
       <c r="H92" s="29"/>
       <c r="I92" s="29"/>
       <c r="J92" s="29"/>
       <c r="K92" s="29"/>
       <c r="L92" s="29"/>
     </row>
-    <row r="93" spans="2:12" x14ac:dyDescent="0.3">
+    <row r="93" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B93" s="14" t="s">
         <v>93</v>
       </c>
       <c r="C93" s="17">
-        <v>11.56</v>
+        <v>11.93</v>
       </c>
       <c r="D93" s="21"/>
       <c r="E93" s="17">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F93" s="29"/>
       <c r="G93" s="29"/>
       <c r="H93" s="29"/>
       <c r="I93" s="29"/>
       <c r="J93" s="29"/>
       <c r="K93" s="29"/>
       <c r="L93" s="29"/>
     </row>
-    <row r="94" spans="2:12" x14ac:dyDescent="0.3">
+    <row r="94" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B94" s="14" t="s">
         <v>94</v>
       </c>
       <c r="C94" s="17">
-        <v>12.85</v>
+        <v>13.26</v>
       </c>
       <c r="D94" s="21"/>
       <c r="E94" s="17">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F94" s="29"/>
       <c r="G94" s="29"/>
       <c r="H94" s="29"/>
       <c r="I94" s="29"/>
       <c r="J94" s="29"/>
       <c r="K94" s="29"/>
       <c r="L94" s="29"/>
     </row>
-    <row r="95" spans="2:12" x14ac:dyDescent="0.3">
+    <row r="95" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B95" s="14" t="s">
         <v>95</v>
       </c>
       <c r="C95" s="17">
-        <v>15.4</v>
+        <v>15.89</v>
       </c>
       <c r="D95" s="21"/>
       <c r="E95" s="17">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F95" s="29"/>
       <c r="G95" s="29"/>
       <c r="H95" s="29"/>
       <c r="I95" s="29"/>
       <c r="J95" s="29"/>
       <c r="K95" s="29"/>
       <c r="L95" s="29"/>
     </row>
-    <row r="96" spans="2:12" x14ac:dyDescent="0.3">
+    <row r="96" spans="2:15" x14ac:dyDescent="0.3">
       <c r="B96" s="14" t="s">
         <v>100</v>
       </c>
       <c r="C96" s="17">
-        <v>101.82</v>
+        <v>105.07</v>
       </c>
       <c r="D96" s="21"/>
       <c r="E96" s="17">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="2:5" x14ac:dyDescent="0.3">
       <c r="B97" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C97" s="17">
-        <v>6.21</v>
+        <v>6.22</v>
       </c>
       <c r="D97" s="21"/>
       <c r="E97" s="17">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="2:5" x14ac:dyDescent="0.3">
       <c r="B98" s="14" t="s">
         <v>70</v>
       </c>
       <c r="C98" s="17">
-        <v>13.84</v>
+        <v>13.86</v>
       </c>
       <c r="D98" s="21"/>
       <c r="E98" s="17">
         <f>SUM(C98*D98/12)</f>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="2:5" x14ac:dyDescent="0.3">
       <c r="B99" s="14" t="s">
         <v>139</v>
       </c>
       <c r="C99" s="51">
-        <v>6.21</v>
+        <v>6.22</v>
       </c>
       <c r="D99" s="21"/>
       <c r="E99" s="17">
         <f>SUM(C99*D99/12)</f>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="2:5" x14ac:dyDescent="0.3">
       <c r="B100" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C100" s="63"/>
       <c r="D100" s="21"/>
       <c r="E100" s="28">
         <f>SUM(C100*D100/12)</f>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="2:5" x14ac:dyDescent="0.3">
       <c r="E101"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Ee9RtQLC6S7wvNn9JM3MVBPVvzAN+FtmwA/yzg3/wBOKmjJQPkARp8qNX9wFqZ3TQeg0FzgRu19I95MX9rpmmA==" saltValue="x5R71rJTpfpnAh7Wzi7HeQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="YEVlMl8V3nJl1kvCKcf1XYHFZhZaB7U+lbra48iGuWELxZOl0JU7qtaRbH8aXpxFlVHhPYTWV3IMG3dQT3pMZg==" saltValue="H8KD0WTuMGMKVotID67e/Q==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <conditionalFormatting sqref="E5:E8">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="13">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E2" xr:uid="{00C078F8-D17D-41D8-A530-22622A647A3E}">
       <formula1>"A, B, C, D, E, F, G, H, I, J, K, L, V"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Up to case mix budget cap" sqref="D37:D39 D50:D51 D73:D74" xr:uid="{9AD23719-B813-4410-A114-2B5C3508CA29}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="up to CDCS case mix cap" sqref="D18" xr:uid="{A60930B2-C115-4428-B7D9-6119E65556C5}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Up to EW Customized Living Limit" sqref="D40:D41" xr:uid="{7DB4FD77-BC5A-4965-9EEA-03711F85545E}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Cannot Exceed $20,600" sqref="D42:D49" xr:uid="{81394731-6EF1-4BC7-B013-BFEA23799E74}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="NF's per diem for the member's case mix" sqref="D70" xr:uid="{CD20A5AE-90C9-4B7E-A257-35377ABA88ED}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Per item cost" sqref="D72" xr:uid="{36C4EE22-1576-4E09-9F96-CD12A741CE74}"/>
     <dataValidation type="decimal" operator="lessThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Rate limit: $500" sqref="C60" xr:uid="{C0F806A6-B012-499E-990A-DEE19F7C02FD}">
       <formula1>500</formula1>
     </dataValidation>
     <dataValidation type="decimal" operator="lessThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Rate limit: $110" sqref="C61" xr:uid="{7EB23B88-8D16-4410-905A-1B6268E6A4A8}">
       <formula1>110</formula1>
     </dataValidation>
     <dataValidation type="decimal" operator="lessThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Rate limit: $1,500" sqref="C62" xr:uid="{3D77EDD2-C414-48EE-A1F2-2B0A824FC4DF}">
@@ -4384,122 +4476,122 @@
   <dimension ref="A1:AL94"/>
   <sheetViews>
     <sheetView topLeftCell="A2" workbookViewId="0">
       <selection activeCell="A22" sqref="A22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20.85546875" style="3" customWidth="1"/>
     <col min="2" max="2" width="17.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.5703125" style="3" customWidth="1"/>
     <col min="4" max="4" width="16.140625" style="3" customWidth="1"/>
     <col min="5" max="5" width="15.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.42578125" style="3" customWidth="1"/>
     <col min="7" max="7" width="42.28515625" style="3" customWidth="1"/>
     <col min="8" max="8" width="63" style="4" customWidth="1"/>
     <col min="9" max="9" width="9.140625" style="3"/>
     <col min="10" max="10" width="9.140625" style="5"/>
     <col min="11" max="11" width="70.85546875" style="55" customWidth="1"/>
     <col min="12" max="12" width="61.140625" style="55" customWidth="1"/>
     <col min="13" max="13" width="9.140625" style="6"/>
     <col min="14" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:38" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="96" t="s">
+      <c r="A1" s="93" t="s">
         <v>106</v>
       </c>
-      <c r="B1" s="97"/>
-[...7 lines deleted...]
-      <c r="J1" s="97"/>
+      <c r="B1" s="94"/>
+      <c r="C1" s="94"/>
+      <c r="D1" s="94"/>
+      <c r="E1" s="94"/>
+      <c r="F1" s="94"/>
+      <c r="G1" s="94"/>
+      <c r="H1" s="94"/>
+      <c r="I1" s="94"/>
+      <c r="J1" s="94"/>
       <c r="K1" s="54"/>
       <c r="L1" s="54"/>
     </row>
     <row r="2" spans="1:38" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A2" s="74"/>
-      <c r="B2" s="76" t="s">
+      <c r="A2" s="71"/>
+      <c r="B2" s="73" t="s">
         <v>154</v>
       </c>
-      <c r="C2" s="76" t="s">
+      <c r="C2" s="73" t="s">
         <v>155</v>
       </c>
-      <c r="D2" s="76" t="s">
+      <c r="D2" s="73" t="s">
         <v>156</v>
       </c>
-      <c r="E2" s="76" t="s">
+      <c r="E2" s="73" t="s">
         <v>157</v>
       </c>
-      <c r="F2" s="76" t="s">
+      <c r="F2" s="73" t="s">
         <v>158</v>
       </c>
       <c r="G2" s="12"/>
-      <c r="H2" s="75"/>
-[...1 lines deleted...]
-      <c r="J2" s="75"/>
+      <c r="H2" s="72"/>
+      <c r="I2" s="72"/>
+      <c r="J2" s="72"/>
       <c r="K2" s="54"/>
       <c r="L2" s="54"/>
     </row>
     <row r="3" spans="1:38" customFormat="1" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A3" s="76" t="s">
+      <c r="A3" s="73" t="s">
         <v>75</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
-      <c r="D3" s="77">
+      <c r="D3" s="74">
         <f>(C3-B3)+1</f>
         <v>1</v>
       </c>
-      <c r="E3" s="78">
+      <c r="E3" s="75">
         <f>D3/30.4</f>
         <v>3.2894736842105261E-2</v>
       </c>
-      <c r="F3" s="78">
+      <c r="F3" s="75">
         <f>D3/7</f>
         <v>0.14285714285714285</v>
       </c>
-      <c r="G3" s="75"/>
-[...2 lines deleted...]
-      <c r="J3" s="75"/>
+      <c r="G3" s="72"/>
+      <c r="H3" s="72"/>
+      <c r="I3" s="72"/>
+      <c r="J3" s="72"/>
       <c r="K3" s="54"/>
       <c r="L3" s="54"/>
     </row>
     <row r="4" spans="1:38" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="100" t="s">
+      <c r="A4" s="97" t="s">
         <v>80</v>
       </c>
-      <c r="B4" s="100"/>
-[...2 lines deleted...]
-      <c r="E4" s="100"/>
+      <c r="B4" s="97"/>
+      <c r="C4" s="97"/>
+      <c r="D4" s="97"/>
+      <c r="E4" s="97"/>
       <c r="F4" s="2"/>
       <c r="M4" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="5" spans="1:38" ht="31.5" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A5" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>102</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>160</v>
       </c>
       <c r="E5" s="4"/>
       <c r="G5" s="8" t="s">
         <v>98</v>
       </c>
       <c r="H5" s="27" t="s">
         <v>97</v>
       </c>
@@ -4511,56 +4603,56 @@
       <c r="P5" s="9"/>
       <c r="Q5" s="5"/>
       <c r="R5" s="5"/>
       <c r="S5" s="5"/>
       <c r="T5" s="5"/>
       <c r="U5" s="5"/>
       <c r="V5" s="5"/>
       <c r="W5" s="5"/>
       <c r="X5" s="5"/>
       <c r="Y5" s="5"/>
       <c r="Z5" s="5"/>
       <c r="AA5" s="5"/>
       <c r="AB5" s="5"/>
       <c r="AC5" s="5"/>
       <c r="AD5" s="5"/>
       <c r="AE5" s="5"/>
       <c r="AF5" s="5"/>
       <c r="AG5" s="5"/>
       <c r="AH5" s="5"/>
       <c r="AI5" s="5"/>
       <c r="AJ5" s="5"/>
       <c r="AK5" s="5"/>
       <c r="AL5" s="5"/>
     </row>
     <row r="6" spans="1:38" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="83"/>
+      <c r="A6" s="80"/>
       <c r="B6" s="7">
         <f>A6*4</f>
         <v>0</v>
       </c>
-      <c r="C6" s="79">
+      <c r="C6" s="76">
         <f>B6*30.4</f>
         <v>0</v>
       </c>
       <c r="D6" s="7">
         <f>B6*D3</f>
         <v>0</v>
       </c>
       <c r="E6" s="4"/>
       <c r="G6" s="24" t="s">
         <v>2</v>
       </c>
       <c r="H6" s="26" t="str">
         <f>VLOOKUP(G6, K6:L61, 2, FALSE)</f>
         <v>Daily service, authorized hours per day, 15 minute units</v>
       </c>
       <c r="K6" s="57" t="s">
         <v>2</v>
       </c>
       <c r="L6" s="58" t="s">
         <v>80</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N6" s="5"/>
@@ -4609,164 +4701,164 @@
       <c r="P7" s="5"/>
       <c r="Q7" s="5"/>
       <c r="R7" s="5"/>
       <c r="S7" s="5"/>
       <c r="T7" s="5"/>
       <c r="U7" s="5"/>
       <c r="V7" s="5"/>
       <c r="W7" s="5"/>
       <c r="X7" s="5"/>
       <c r="Y7" s="5"/>
       <c r="Z7" s="5"/>
       <c r="AA7" s="5"/>
       <c r="AB7" s="5"/>
       <c r="AC7" s="5"/>
       <c r="AD7" s="5"/>
       <c r="AE7" s="5"/>
       <c r="AF7" s="5"/>
       <c r="AG7" s="5"/>
       <c r="AH7" s="5"/>
       <c r="AI7" s="5"/>
       <c r="AJ7" s="5"/>
       <c r="AK7" s="5"/>
       <c r="AL7" s="5"/>
     </row>
     <row r="8" spans="1:38" x14ac:dyDescent="0.3">
-      <c r="A8" s="99" t="s">
+      <c r="A8" s="96" t="s">
         <v>79</v>
       </c>
-      <c r="B8" s="99"/>
-[...2 lines deleted...]
-      <c r="E8" s="99"/>
+      <c r="B8" s="96"/>
+      <c r="C8" s="96"/>
+      <c r="D8" s="96"/>
+      <c r="E8" s="96"/>
       <c r="F8" s="2"/>
       <c r="K8" s="57" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="58" t="s">
         <v>79</v>
       </c>
       <c r="M8" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N8" s="5"/>
       <c r="O8" s="5"/>
       <c r="P8" s="5"/>
       <c r="Q8" s="5"/>
       <c r="R8" s="5"/>
       <c r="S8" s="5"/>
       <c r="T8" s="5"/>
       <c r="U8" s="5"/>
       <c r="V8" s="5"/>
       <c r="W8" s="5"/>
       <c r="X8" s="5"/>
       <c r="Y8" s="5"/>
       <c r="Z8" s="5"/>
       <c r="AA8" s="5"/>
       <c r="AB8" s="5"/>
       <c r="AC8" s="5"/>
       <c r="AD8" s="5"/>
       <c r="AE8" s="5"/>
       <c r="AF8" s="5"/>
       <c r="AG8" s="5"/>
       <c r="AH8" s="5"/>
       <c r="AI8" s="5"/>
       <c r="AJ8" s="5"/>
       <c r="AK8" s="5"/>
       <c r="AL8" s="5"/>
     </row>
     <row r="9" spans="1:38" x14ac:dyDescent="0.3">
       <c r="A9" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="10" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="D9" s="80" t="s">
+      <c r="D9" s="77" t="s">
         <v>159</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>102</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>160</v>
       </c>
       <c r="H9" s="14"/>
       <c r="K9" s="57" t="s">
         <v>27</v>
       </c>
       <c r="L9" s="58" t="s">
         <v>80</v>
       </c>
       <c r="M9" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N9" s="5"/>
       <c r="O9" s="5"/>
       <c r="P9" s="5"/>
       <c r="Q9" s="5"/>
       <c r="R9" s="5"/>
       <c r="S9" s="5"/>
       <c r="T9" s="5"/>
       <c r="U9" s="5"/>
       <c r="V9" s="5"/>
       <c r="W9" s="5"/>
       <c r="X9" s="5"/>
       <c r="Y9" s="5"/>
       <c r="Z9" s="5"/>
       <c r="AA9" s="5"/>
       <c r="AB9" s="5"/>
       <c r="AC9" s="5"/>
       <c r="AD9" s="5"/>
       <c r="AE9" s="5"/>
       <c r="AF9" s="5"/>
       <c r="AG9" s="5"/>
       <c r="AH9" s="5"/>
       <c r="AI9" s="5"/>
       <c r="AJ9" s="5"/>
       <c r="AK9" s="5"/>
       <c r="AL9" s="5"/>
     </row>
     <row r="10" spans="1:38" x14ac:dyDescent="0.3">
-      <c r="A10" s="85"/>
+      <c r="A10" s="82"/>
       <c r="B10" s="10">
         <f>A10*4</f>
         <v>0</v>
       </c>
-      <c r="C10" s="85"/>
-      <c r="D10" s="80">
+      <c r="C10" s="82"/>
+      <c r="D10" s="77">
         <f>(B10*C10)</f>
         <v>0</v>
       </c>
-      <c r="E10" s="86">
+      <c r="E10" s="83">
         <f>(D10)*4.345</f>
         <v>0</v>
       </c>
-      <c r="F10" s="79">
+      <c r="F10" s="76">
         <f>D10*F3</f>
         <v>0</v>
       </c>
       <c r="H10" s="14"/>
       <c r="J10" s="9"/>
       <c r="K10" s="57" t="s">
         <v>28</v>
       </c>
       <c r="L10" s="58" t="s">
         <v>80</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N10" s="5"/>
       <c r="O10" s="5"/>
       <c r="P10" s="5"/>
       <c r="Q10" s="5"/>
       <c r="R10" s="5"/>
       <c r="S10" s="5"/>
       <c r="T10" s="5"/>
       <c r="U10" s="5"/>
       <c r="V10" s="5"/>
       <c r="W10" s="5"/>
       <c r="X10" s="5"/>
@@ -4806,57 +4898,57 @@
       <c r="P11" s="5"/>
       <c r="Q11" s="5"/>
       <c r="R11" s="5"/>
       <c r="S11" s="5"/>
       <c r="T11" s="5"/>
       <c r="U11" s="5"/>
       <c r="V11" s="5"/>
       <c r="W11" s="5"/>
       <c r="X11" s="5"/>
       <c r="Y11" s="5"/>
       <c r="Z11" s="5"/>
       <c r="AA11" s="5"/>
       <c r="AB11" s="5"/>
       <c r="AC11" s="5"/>
       <c r="AD11" s="5"/>
       <c r="AE11" s="5"/>
       <c r="AF11" s="5"/>
       <c r="AG11" s="5"/>
       <c r="AH11" s="5"/>
       <c r="AI11" s="5"/>
       <c r="AJ11" s="5"/>
       <c r="AK11" s="5"/>
       <c r="AL11" s="5"/>
     </row>
     <row r="12" spans="1:38" x14ac:dyDescent="0.3">
-      <c r="A12" s="100" t="s">
+      <c r="A12" s="97" t="s">
         <v>78</v>
       </c>
-      <c r="B12" s="100"/>
-[...2 lines deleted...]
-      <c r="E12" s="100"/>
+      <c r="B12" s="97"/>
+      <c r="C12" s="97"/>
+      <c r="D12" s="97"/>
+      <c r="E12" s="97"/>
       <c r="H12" s="14"/>
       <c r="K12" s="57" t="s">
         <v>71</v>
       </c>
       <c r="L12" s="58" t="s">
         <v>83</v>
       </c>
       <c r="M12" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N12" s="5"/>
       <c r="O12" s="5"/>
       <c r="P12" s="5"/>
       <c r="Q12" s="5"/>
       <c r="R12" s="5"/>
       <c r="S12" s="5"/>
       <c r="T12" s="5"/>
       <c r="U12" s="5"/>
       <c r="V12" s="5"/>
       <c r="W12" s="5"/>
       <c r="X12" s="5"/>
       <c r="Y12" s="5"/>
       <c r="Z12" s="5"/>
       <c r="AA12" s="5"/>
       <c r="AB12" s="5"/>
@@ -4900,60 +4992,60 @@
       <c r="P13" s="5"/>
       <c r="Q13" s="5"/>
       <c r="R13" s="5"/>
       <c r="S13" s="5"/>
       <c r="T13" s="5"/>
       <c r="U13" s="5"/>
       <c r="V13" s="5"/>
       <c r="W13" s="5"/>
       <c r="X13" s="5"/>
       <c r="Y13" s="5"/>
       <c r="Z13" s="5"/>
       <c r="AA13" s="5"/>
       <c r="AB13" s="5"/>
       <c r="AC13" s="5"/>
       <c r="AD13" s="5"/>
       <c r="AE13" s="5"/>
       <c r="AF13" s="5"/>
       <c r="AG13" s="5"/>
       <c r="AH13" s="5"/>
       <c r="AI13" s="5"/>
       <c r="AJ13" s="5"/>
       <c r="AK13" s="5"/>
       <c r="AL13" s="5"/>
     </row>
     <row r="14" spans="1:38" x14ac:dyDescent="0.3">
-      <c r="A14" s="83"/>
+      <c r="A14" s="80"/>
       <c r="B14" s="7">
         <f>A14*4</f>
         <v>0</v>
       </c>
-      <c r="C14" s="79">
+      <c r="C14" s="76">
         <f>B14*4.345</f>
         <v>0</v>
       </c>
-      <c r="D14" s="79">
+      <c r="D14" s="76">
         <f>B14*F3</f>
         <v>0</v>
       </c>
       <c r="E14" s="4"/>
       <c r="H14" s="14"/>
       <c r="K14" s="57" t="s">
         <v>147</v>
       </c>
       <c r="L14" s="58" t="s">
         <v>82</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N14" s="5"/>
       <c r="O14" s="5"/>
       <c r="P14" s="5"/>
       <c r="Q14" s="5"/>
       <c r="R14" s="5"/>
       <c r="S14" s="5"/>
       <c r="T14" s="5"/>
       <c r="U14" s="5"/>
       <c r="V14" s="5"/>
       <c r="W14" s="5"/>
       <c r="X14" s="5"/>
@@ -4993,57 +5085,57 @@
       <c r="P15" s="5"/>
       <c r="Q15" s="5"/>
       <c r="R15" s="5"/>
       <c r="S15" s="5"/>
       <c r="T15" s="5"/>
       <c r="U15" s="5"/>
       <c r="V15" s="5"/>
       <c r="W15" s="5"/>
       <c r="X15" s="5"/>
       <c r="Y15" s="5"/>
       <c r="Z15" s="5"/>
       <c r="AA15" s="5"/>
       <c r="AB15" s="5"/>
       <c r="AC15" s="5"/>
       <c r="AD15" s="5"/>
       <c r="AE15" s="5"/>
       <c r="AF15" s="5"/>
       <c r="AG15" s="5"/>
       <c r="AH15" s="5"/>
       <c r="AI15" s="5"/>
       <c r="AJ15" s="5"/>
       <c r="AK15" s="5"/>
       <c r="AL15" s="5"/>
     </row>
     <row r="16" spans="1:38" x14ac:dyDescent="0.3">
-      <c r="A16" s="100" t="s">
+      <c r="A16" s="97" t="s">
         <v>81</v>
       </c>
-      <c r="B16" s="100"/>
-[...2 lines deleted...]
-      <c r="E16" s="100"/>
+      <c r="B16" s="97"/>
+      <c r="C16" s="97"/>
+      <c r="D16" s="97"/>
+      <c r="E16" s="97"/>
       <c r="H16" s="53"/>
       <c r="K16" s="57" t="s">
         <v>145</v>
       </c>
       <c r="L16" s="58" t="s">
         <v>82</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N16" s="5"/>
       <c r="O16" s="5"/>
       <c r="P16" s="5"/>
       <c r="Q16" s="5"/>
       <c r="R16" s="5"/>
       <c r="S16" s="5"/>
       <c r="T16" s="5"/>
       <c r="U16" s="5"/>
       <c r="V16" s="5"/>
       <c r="W16" s="5"/>
       <c r="X16" s="5"/>
       <c r="Y16" s="5"/>
       <c r="Z16" s="5"/>
       <c r="AA16" s="5"/>
       <c r="AB16" s="5"/>
@@ -5085,56 +5177,56 @@
       <c r="P17" s="5"/>
       <c r="Q17" s="5"/>
       <c r="R17" s="5"/>
       <c r="S17" s="5"/>
       <c r="T17" s="5"/>
       <c r="U17" s="5"/>
       <c r="V17" s="5"/>
       <c r="W17" s="5"/>
       <c r="X17" s="5"/>
       <c r="Y17" s="5"/>
       <c r="Z17" s="5"/>
       <c r="AA17" s="5"/>
       <c r="AB17" s="5"/>
       <c r="AC17" s="5"/>
       <c r="AD17" s="5"/>
       <c r="AE17" s="5"/>
       <c r="AF17" s="5"/>
       <c r="AG17" s="5"/>
       <c r="AH17" s="5"/>
       <c r="AI17" s="5"/>
       <c r="AJ17" s="5"/>
       <c r="AK17" s="5"/>
       <c r="AL17" s="5"/>
     </row>
     <row r="18" spans="1:38" x14ac:dyDescent="0.3">
-      <c r="A18" s="83"/>
-      <c r="B18" s="79">
+      <c r="A18" s="80"/>
+      <c r="B18" s="76">
         <f>A18*4.345</f>
         <v>0</v>
       </c>
-      <c r="C18" s="79">
+      <c r="C18" s="76">
         <f>B18*E3</f>
         <v>0</v>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="H18" s="53"/>
       <c r="K18" s="57" t="s">
         <v>31</v>
       </c>
       <c r="L18" s="58" t="s">
         <v>85</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N18" s="5"/>
       <c r="O18" s="5"/>
       <c r="P18" s="5"/>
       <c r="Q18" s="5"/>
       <c r="R18" s="5"/>
       <c r="S18" s="5"/>
       <c r="T18" s="5"/>
       <c r="U18" s="5"/>
       <c r="V18" s="5"/>
       <c r="W18" s="5"/>
@@ -5175,57 +5267,57 @@
       <c r="P19" s="5"/>
       <c r="Q19" s="5"/>
       <c r="R19" s="5"/>
       <c r="S19" s="5"/>
       <c r="T19" s="5"/>
       <c r="U19" s="5"/>
       <c r="V19" s="5"/>
       <c r="W19" s="5"/>
       <c r="X19" s="5"/>
       <c r="Y19" s="5"/>
       <c r="Z19" s="5"/>
       <c r="AA19" s="5"/>
       <c r="AB19" s="5"/>
       <c r="AC19" s="5"/>
       <c r="AD19" s="5"/>
       <c r="AE19" s="5"/>
       <c r="AF19" s="5"/>
       <c r="AG19" s="5"/>
       <c r="AH19" s="5"/>
       <c r="AI19" s="5"/>
       <c r="AJ19" s="5"/>
       <c r="AK19" s="5"/>
       <c r="AL19" s="5"/>
     </row>
     <row r="20" spans="1:38" x14ac:dyDescent="0.3">
-      <c r="A20" s="98" t="s">
+      <c r="A20" s="95" t="s">
         <v>82</v>
       </c>
-      <c r="B20" s="98"/>
-[...2 lines deleted...]
-      <c r="E20" s="98"/>
+      <c r="B20" s="95"/>
+      <c r="C20" s="95"/>
+      <c r="D20" s="95"/>
+      <c r="E20" s="95"/>
       <c r="H20" s="53"/>
       <c r="K20" s="57" t="s">
         <v>33</v>
       </c>
       <c r="L20" s="58" t="s">
         <v>86</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N20" s="5"/>
       <c r="O20" s="5"/>
       <c r="P20" s="5"/>
       <c r="Q20" s="5"/>
       <c r="R20" s="5"/>
       <c r="S20" s="5"/>
       <c r="T20" s="5"/>
       <c r="U20" s="5"/>
       <c r="V20" s="5"/>
       <c r="W20" s="5"/>
       <c r="X20" s="5"/>
       <c r="Y20" s="5"/>
       <c r="Z20" s="5"/>
       <c r="AA20" s="5"/>
       <c r="AB20" s="5"/>
@@ -5267,56 +5359,56 @@
       <c r="P21" s="5"/>
       <c r="Q21" s="5"/>
       <c r="R21" s="5"/>
       <c r="S21" s="5"/>
       <c r="T21" s="5"/>
       <c r="U21" s="5"/>
       <c r="V21" s="5"/>
       <c r="W21" s="5"/>
       <c r="X21" s="5"/>
       <c r="Y21" s="5"/>
       <c r="Z21" s="5"/>
       <c r="AA21" s="5"/>
       <c r="AB21" s="5"/>
       <c r="AC21" s="5"/>
       <c r="AD21" s="5"/>
       <c r="AE21" s="5"/>
       <c r="AF21" s="5"/>
       <c r="AG21" s="5"/>
       <c r="AH21" s="5"/>
       <c r="AI21" s="5"/>
       <c r="AJ21" s="5"/>
       <c r="AK21" s="5"/>
       <c r="AL21" s="5"/>
     </row>
     <row r="22" spans="1:38" x14ac:dyDescent="0.3">
-      <c r="A22" s="83"/>
-      <c r="B22" s="79">
+      <c r="A22" s="80"/>
+      <c r="B22" s="76">
         <f>A22*4.345</f>
         <v>0</v>
       </c>
-      <c r="C22" s="79">
+      <c r="C22" s="76">
         <f>B22*E3</f>
         <v>0</v>
       </c>
       <c r="D22" s="11"/>
       <c r="E22" s="4"/>
       <c r="H22" s="53"/>
       <c r="K22" s="57" t="s">
         <v>35</v>
       </c>
       <c r="L22" s="58" t="s">
         <v>87</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N22" s="5"/>
       <c r="O22" s="5"/>
       <c r="P22" s="5"/>
       <c r="Q22" s="5"/>
       <c r="R22" s="5"/>
       <c r="S22" s="5"/>
       <c r="T22" s="5"/>
       <c r="U22" s="5"/>
       <c r="V22" s="5"/>
       <c r="W22" s="5"/>
@@ -5357,155 +5449,155 @@
       <c r="P23" s="5"/>
       <c r="Q23" s="5"/>
       <c r="R23" s="5"/>
       <c r="S23" s="5"/>
       <c r="T23" s="5"/>
       <c r="U23" s="5"/>
       <c r="V23" s="5"/>
       <c r="W23" s="5"/>
       <c r="X23" s="5"/>
       <c r="Y23" s="5"/>
       <c r="Z23" s="5"/>
       <c r="AA23" s="5"/>
       <c r="AB23" s="5"/>
       <c r="AC23" s="5"/>
       <c r="AD23" s="5"/>
       <c r="AE23" s="5"/>
       <c r="AF23" s="5"/>
       <c r="AG23" s="5"/>
       <c r="AH23" s="5"/>
       <c r="AI23" s="5"/>
       <c r="AJ23" s="5"/>
       <c r="AK23" s="5"/>
       <c r="AL23" s="5"/>
     </row>
     <row r="24" spans="1:38" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="95" t="s">
+      <c r="A24" s="92" t="s">
         <v>163</v>
       </c>
-      <c r="B24" s="95"/>
-[...1 lines deleted...]
-      <c r="D24" s="95"/>
+      <c r="B24" s="92"/>
+      <c r="C24" s="92"/>
+      <c r="D24" s="92"/>
       <c r="H24" s="53"/>
       <c r="K24" s="57" t="s">
         <v>37</v>
       </c>
       <c r="L24" s="58" t="s">
         <v>88</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N24" s="5"/>
       <c r="O24" s="5"/>
       <c r="P24" s="5"/>
       <c r="Q24" s="5"/>
       <c r="R24" s="5"/>
       <c r="S24" s="5"/>
       <c r="T24" s="5"/>
       <c r="U24" s="5"/>
       <c r="V24" s="5"/>
       <c r="W24" s="5"/>
       <c r="X24" s="5"/>
       <c r="Y24" s="5"/>
       <c r="Z24" s="5"/>
       <c r="AA24" s="5"/>
       <c r="AB24" s="5"/>
       <c r="AC24" s="5"/>
       <c r="AD24" s="5"/>
       <c r="AE24" s="5"/>
       <c r="AF24" s="5"/>
       <c r="AG24" s="5"/>
       <c r="AH24" s="5"/>
       <c r="AI24" s="5"/>
       <c r="AJ24" s="5"/>
       <c r="AK24" s="5"/>
       <c r="AL24" s="5"/>
     </row>
     <row r="25" spans="1:38" x14ac:dyDescent="0.3">
-      <c r="A25" s="81" t="s">
+      <c r="A25" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="B25" s="80" t="s">
+      <c r="B25" s="77" t="s">
         <v>161</v>
       </c>
-      <c r="C25" s="80" t="s">
+      <c r="C25" s="77" t="s">
         <v>162</v>
       </c>
-      <c r="D25" s="80" t="s">
+      <c r="D25" s="77" t="s">
         <v>102</v>
       </c>
-      <c r="E25" s="80" t="s">
+      <c r="E25" s="77" t="s">
         <v>160</v>
       </c>
       <c r="H25" s="53"/>
       <c r="K25" s="57" t="s">
         <v>38</v>
       </c>
       <c r="L25" s="58" t="s">
         <v>88</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N25" s="5"/>
       <c r="O25" s="5"/>
       <c r="P25" s="5"/>
       <c r="Q25" s="5"/>
       <c r="R25" s="5"/>
       <c r="S25" s="5"/>
       <c r="T25" s="5"/>
       <c r="U25" s="5"/>
       <c r="V25" s="5"/>
       <c r="W25" s="5"/>
       <c r="X25" s="5"/>
       <c r="Y25" s="5"/>
       <c r="Z25" s="5"/>
       <c r="AA25" s="5"/>
       <c r="AB25" s="5"/>
       <c r="AC25" s="5"/>
       <c r="AD25" s="5"/>
       <c r="AE25" s="5"/>
       <c r="AF25" s="5"/>
       <c r="AG25" s="5"/>
       <c r="AH25" s="5"/>
       <c r="AI25" s="5"/>
       <c r="AJ25" s="5"/>
       <c r="AK25" s="5"/>
       <c r="AL25" s="5"/>
     </row>
     <row r="26" spans="1:38" x14ac:dyDescent="0.3">
-      <c r="A26" s="82"/>
-[...1 lines deleted...]
-      <c r="C26" s="84">
+      <c r="A26" s="79"/>
+      <c r="B26" s="80"/>
+      <c r="C26" s="81">
         <v>20.21</v>
       </c>
-      <c r="D26" s="88">
+      <c r="D26" s="85">
         <f>(A26*B26)*4.345</f>
         <v>0</v>
       </c>
-      <c r="E26" s="87">
+      <c r="E26" s="84">
         <f>D26*E3</f>
         <v>0</v>
       </c>
       <c r="H26" s="53"/>
       <c r="K26" s="57" t="s">
         <v>39</v>
       </c>
       <c r="L26" s="58" t="s">
         <v>88</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N26" s="5"/>
       <c r="O26" s="5"/>
       <c r="P26" s="5"/>
       <c r="Q26" s="5"/>
       <c r="R26" s="5"/>
       <c r="S26" s="5"/>
       <c r="T26" s="5"/>
       <c r="U26" s="5"/>
       <c r="V26" s="5"/>
       <c r="W26" s="5"/>
       <c r="X26" s="5"/>
       <c r="Y26" s="5"/>
@@ -7087,112 +7179,53 @@
       <formula1>$K$6:$K$61</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Q D A A B Q S w M E F A A C A A g A S 2 U 7 V / Z f 4 u 6 k A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + 9 D o I w G E V f h X S n f z g Y 8 l E G V 0 l M i M a 1 K R U b o R h a L O / m 4 C P 5 C m I U d X O 8 5 5 7 h 3 v v 1 B v n Y N t F F 9 8 5 0 N k M M U x R p q 7 r K 2 D p D g z / E S 5 Q L 2 E h 1 k r W O J t m 6 d H R V h o 7 e n 1 N C Q g g 4 J L j r a 8 I p Z W R f r E t 1 1 K 1 E H 9 n 8 l 2 N j n Z d W a S R g 9 x o j O G Z s g T n n C a Z A Z g q F s V + D T 4 O f 7 Q + E 1 d D 4 o d d C 2 3 h b A p k j k P c J 8 Q B Q S w M E F A A C A A g A S 2 U 7 V w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A E t l O 1 c o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A E t l O 1 f 2 X + L u p A A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B L Z T t X D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D w A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A E t l O 1 c o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O E B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D w C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A N o A A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A A V k p s T U 1 y e Q I X n J o x F I N f 9 A A A A A A I A A A A A A A N m A A D A A A A A E A A A A L Z X K A s v N V E l c D Y r P 0 O / + h Y A A A A A B I A A A K A A A A A Q A A A A q + r 8 a 1 l + 5 F W H + 5 r L n + l n t V A A A A D x X 7 5 v n A p U g n i O k 7 9 h / Y 1 w 8 I B s s G S C q c Q m D o y A d Q 4 C 4 T Q J a B 9 1 O v Z G 7 Q Q 3 T n 2 R e o 1 b n z D / b 9 v P s V J x k q c k b 2 z U A / X f J L t g o D d G n 2 e P d f W K / B Q A A A A o + 3 R m 5 Q n Y E a F K G Z A V D k 4 c 1 P q x 6 A = = < / D a t a M a s h u p > 
-[...60 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e908531e-9543-486d-9e86-16f8673deaa4" xmlns:ns3="9792340e-710e-4a62-8285-18c8d1cf75f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5fdf2448b7f456a4cec28118ce53925" ns2:_="" ns3:_="">
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008B40E277F7058D4D81E03D86AF3E569F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2dfebb61bf18939c8b9386e9e51ce5ff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e908531e-9543-486d-9e86-16f8673deaa4" xmlns:ns3="9792340e-710e-4a62-8285-18c8d1cf75f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0ff3d3c430559ab3321de6b318b25de5" ns2:_="" ns3:_="">
     <xsd:import namespace="e908531e-9543-486d-9e86-16f8673deaa4"/>
     <xsd:import namespace="9792340e-710e-4a62-8285-18c8d1cf75f6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -7363,98 +7396,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="9792340e-710e-4a62-8285-18c8d1cf75f6">
+      <UserInfo>
+        <DisplayName>Samantha Rue</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Jenn Redman</DisplayName>
+        <AccountId>11</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Dee-Ana Farness</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Christine Domino</DisplayName>
+        <AccountId>6</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Jennie Paradeis</DisplayName>
+        <AccountId>12</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Katie Osborne</DisplayName>
+        <AccountId>43</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Kristen Sagnes</DisplayName>
+        <AccountId>10</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e908531e-9543-486d-9e86-16f8673deaa4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Q D A A B Q S w M E F A A C A A g A S 2 U 7 V / Z f 4 u 6 k A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + 9 D o I w G E V f h X S n f z g Y 8 l E G V 0 l M i M a 1 K R U b o R h a L O / m 4 C P 5 C m I U d X O 8 5 5 7 h 3 v v 1 B v n Y N t F F 9 8 5 0 N k M M U x R p q 7 r K 2 D p D g z / E S 5 Q L 2 E h 1 k r W O J t m 6 d H R V h o 7 e n 1 N C Q g g 4 J L j r a 8 I p Z W R f r E t 1 1 K 1 E H 9 n 8 l 2 N j n Z d W a S R g 9 x o j O G Z s g T n n C a Z A Z g q F s V + D T 4 O f 7 Q + E 1 d D 4 o d d C 2 3 h b A p k j k P c J 8 Q B Q S w M E F A A C A A g A S 2 U 7 V w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A E t l O 1 c o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A E t l O 1 f 2 X + L u p A A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B L Z T t X D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D w A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A E t l O 1 c o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O E B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D w C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A N o A A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A A V k p s T U 1 y e Q I X n J o x F I N f 9 A A A A A A I A A A A A A A N m A A D A A A A A E A A A A L Z X K A s v N V E l c D Y r P 0 O / + h Y A A A A A B I A A A K A A A A A Q A A A A q + r 8 a 1 l + 5 F W H + 5 r L n + l n t V A A A A D x X 7 5 v n A p U g n i O k 7 9 h / Y 1 w 8 I B s s G S C q c Q m D o y A d Q 4 C 4 T Q J a B 9 1 O v Z G 7 Q Q 3 T n 2 R e o 1 b n z D / b 9 v P s V J x k q c k b 2 z U A / X f J L t g o D d G n 2 e P d f W K / B Q A A A A o + 3 R m 5 Q n Y E a F K G Z A V D k 4 c 1 P q x 6 A = = < / D a t a M a s h u p > 
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E0ACC34-055B-48E2-B964-834289153E86}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FF3CE2B-E7BA-4C44-89E7-F268CADA952F}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C74D6D51-986E-402C-8114-99CFCD44373D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{999EE9F7-A2B8-406E-8972-E48AC0F7B31E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="e908531e-9543-486d-9e86-16f8673deaa4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9792340e-710e-4a62-8285-18c8d1cf75f6"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C74D6D51-986E-402C-8114-99CFCD44373D}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E0ACC34-055B-48E2-B964-834289153E86}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{c5a32a24-7702-4be1-8c90-7e9ebcb38acc}" enabled="0" method="" siteId="{c5a32a24-7702-4be1-8c90-7e9ebcb38acc}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>